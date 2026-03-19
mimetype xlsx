--- v0 (2025-10-04)
+++ v1 (2026-03-19)
@@ -13,158 +13,247 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10611"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10309"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/infinie/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/infinie/Library/CloudStorage/Dropbox/顧客/ペルモビール株式会社/Products/SAP/ROHO/Price/260310_ロホクッション早見表/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8442B849-06F3-E447-BCD8-48B0D671793E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D55A9B1E-42A5-3F47-A6E1-B56A55775E41}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19340" yWindow="11500" windowWidth="32440" windowHeight="16580" xr2:uid="{F14D8DCF-DEBB-45E8-82DA-64D6227485FD}"/>
+    <workbookView xWindow="26180" yWindow="8960" windowWidth="24620" windowHeight="16580" xr2:uid="{F14D8DCF-DEBB-45E8-82DA-64D6227485FD}"/>
   </bookViews>
   <sheets>
     <sheet name="ロホ・クアドトロセレクト ハイタイプ（10.5cm）" sheetId="13" r:id="rId1"/>
-    <sheet name="ロホ・クアドトロセレクト ミドルタイプ（8.5cm）" sheetId="16" r:id="rId2"/>
-[...9 lines deleted...]
-    <sheet name="ロホ・ハイブリッドエリート（2バルブ）  " sheetId="28" r:id="rId12"/>
+    <sheet name="ロホ・クアドトロセレクト ミドルタイプ（8.5cm）" sheetId="35" r:id="rId2"/>
+    <sheet name="ロホ・クアドトロセレクト ロータイプ（5.5cm）" sheetId="36" r:id="rId3"/>
+    <sheet name="ロホ・コンツァーセレクト（10.5cm）" sheetId="37" r:id="rId4"/>
+    <sheet name="ロホ・１バルブ ハイタイプ（10.5cm）" sheetId="38" r:id="rId5"/>
+    <sheet name="ロホ・１バルブ  ミドルタイプ（8.5cm）" sheetId="39" r:id="rId6"/>
+    <sheet name="ロホ・１バルブ  ロータイプ（5.5cm）" sheetId="40" r:id="rId7"/>
+    <sheet name="ロホ・2バルブ ハイタイプ（10.5cm）" sheetId="41" r:id="rId8"/>
+    <sheet name="ロホ・2バルブ  ロータイプ（5.5cm）" sheetId="42" r:id="rId9"/>
+    <sheet name="ロホ・エンハンサー（10.5cm）" sheetId="43" r:id="rId10"/>
+    <sheet name="ロホ・ハイブリッドエリート（1バルブ・11cm）スマートチェッ" sheetId="44" r:id="rId11"/>
+    <sheet name="ロホ・ハイブリッドエリート（2バルブ・11cm） " sheetId="45" r:id="rId12"/>
     <sheet name="ロホ・１バルブ ハイタイプ（10.5cm）スマートチェック対応" sheetId="33" r:id="rId13"/>
     <sheet name="ロホ・１バルブ  ミドルタイプ（8.5cm）マートチェック対応" sheetId="34" r:id="rId14"/>
-    <sheet name="ロホ・モザイククッション" sheetId="31" r:id="rId15"/>
-    <sheet name="ロホ・エアライト " sheetId="24" r:id="rId16"/>
+    <sheet name="ロホ・モザイククッション（7.5cm）" sheetId="46" r:id="rId15"/>
+    <sheet name="ロホ・エアライト（9.5cm） " sheetId="47" r:id="rId16"/>
     <sheet name="ロホ・クアドトロセレクト ハイタイプ" sheetId="3" state="hidden" r:id="rId17"/>
     <sheet name="ロホ・クアドトロセレクト ミドルタイプ" sheetId="4" state="hidden" r:id="rId18"/>
     <sheet name="ロホ・クアドトロセレクト ロータイプ" sheetId="5" state="hidden" r:id="rId19"/>
     <sheet name="ロホ・１バルブ ハイタイプ" sheetId="6" state="hidden" r:id="rId20"/>
     <sheet name="ロホ・１バルブ ミドルタイプ" sheetId="7" state="hidden" r:id="rId21"/>
     <sheet name="ロホ・１バルブ ロータイプ" sheetId="8" state="hidden" r:id="rId22"/>
     <sheet name="ロホ・2バルブ ハイタイプ" sheetId="9" state="hidden" r:id="rId23"/>
     <sheet name="ロホ・2バルブ ロータイプ" sheetId="10" state="hidden" r:id="rId24"/>
     <sheet name="ロホ・エアライト" sheetId="11" state="hidden" r:id="rId25"/>
     <sheet name="ロホ・ハイブリッドエリート" sheetId="12" state="hidden" r:id="rId26"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">'ロホ・１バルブ  ミドルタイプ（8.5cm）'!$A$1:$O$19</definedName>
-[...14 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="14">ロホ・モザイククッション!$A$1:$N$18</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'ロホ・１バルブ  ミドルタイプ（8.5cm）'!$A$1:$L$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="13">'ロホ・１バルブ  ミドルタイプ（8.5cm）マートチェック対応'!$A$1:$N$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'ロホ・１バルブ  ロータイプ（5.5cm）'!$A$1:$L$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'ロホ・１バルブ ハイタイプ（10.5cm）'!$A$1:$L$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="12">'ロホ・１バルブ ハイタイプ（10.5cm）スマートチェック対応'!$A$1:$N$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="8">'ロホ・2バルブ  ロータイプ（5.5cm）'!$A$1:$J$14</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'ロホ・2バルブ ハイタイプ（10.5cm）'!$A$1:$J$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="15">'ロホ・エアライト（9.5cm） '!$A$1:$N$18</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="9">'ロホ・エンハンサー（10.5cm）'!$A$1:$J$14</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'ロホ・クアドトロセレクト ハイタイプ（10.5cm）'!$A$1:$K$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'ロホ・クアドトロセレクト ミドルタイプ（8.5cm）'!$A$1:$K$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'ロホ・クアドトロセレクト ロータイプ（5.5cm）'!$A$1:$K$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'ロホ・コンツァーセレクト（10.5cm）'!$A$1:$I$14</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="10">'ロホ・ハイブリッドエリート（1バルブ・11cm）スマートチェッ'!$A$1:$K$17</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="11">'ロホ・ハイブリッドエリート（2バルブ・11cm） '!$A$1:$K$17</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="14">'ロホ・モザイククッション（7.5cm）'!$A$1:$K$13</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F4" i="44" l="1" a="1"/>
+  <c r="F4" i="44"/>
+  <c r="C7" i="44" a="1"/>
+  <c r="C7" i="44" s="1"/>
+  <c r="F4" i="39" l="1" a="1"/>
+  <c r="F4" i="39" s="1"/>
+  <c r="C7" i="39" a="1"/>
+  <c r="C7" i="39" s="1"/>
+  <c r="C7" i="34" a="1"/>
+  <c r="C7" i="34" s="1"/>
+  <c r="C7" i="33" a="1"/>
+  <c r="C7" i="33" s="1"/>
+  <c r="C7" i="45" l="1" a="1"/>
+  <c r="C7" i="45" s="1"/>
+  <c r="C7" i="37" a="1"/>
+  <c r="C7" i="37" s="1"/>
+  <c r="F4" i="37" a="1"/>
+  <c r="F4" i="37" s="1"/>
+  <c r="C7" i="41" a="1"/>
+  <c r="C7" i="41" s="1"/>
+  <c r="F4" i="41" a="1"/>
+  <c r="F4" i="41" s="1"/>
+  <c r="C7" i="42" a="1"/>
+  <c r="C7" i="42" s="1"/>
+  <c r="F4" i="42" a="1"/>
+  <c r="F4" i="42" s="1"/>
+  <c r="C7" i="43" a="1"/>
+  <c r="C7" i="43" s="1"/>
+  <c r="F4" i="43" a="1"/>
+  <c r="F4" i="43" s="1"/>
+  <c r="F4" i="47" a="1"/>
+  <c r="F4" i="47" s="1"/>
+  <c r="C7" i="47" a="1"/>
+  <c r="C7" i="47" s="1"/>
+  <c r="C7" i="46" a="1"/>
+  <c r="C7" i="46" s="1"/>
+  <c r="F4" i="46" a="1"/>
+  <c r="F4" i="46" s="1"/>
+  <c r="F4" i="45" a="1"/>
+  <c r="F4" i="45" s="1"/>
+  <c r="C7" i="40" a="1"/>
+  <c r="C7" i="40" s="1"/>
+  <c r="F4" i="40" a="1"/>
+  <c r="F4" i="40" s="1"/>
+  <c r="C7" i="13" a="1"/>
+  <c r="C7" i="13" s="1"/>
+  <c r="C7" i="35" a="1"/>
+  <c r="C7" i="35" s="1"/>
+  <c r="C7" i="36" a="1"/>
+  <c r="C7" i="36" s="1"/>
+  <c r="F4" i="13" a="1"/>
+  <c r="F4" i="13" s="1"/>
+  <c r="F4" i="35" a="1"/>
+  <c r="F4" i="35" s="1"/>
+  <c r="F4" i="36" a="1"/>
+  <c r="F4" i="36" s="1"/>
+  <c r="F4" i="38" a="1"/>
+  <c r="F4" i="38" s="1"/>
+  <c r="C7" i="38" a="1"/>
+  <c r="C7" i="38" s="1"/>
+</calcChain>
+</file>
+
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+  <metadataTypes count="1">
+    <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLDAPR" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
+          <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <cellMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </cellMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1021" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="501">
   <si>
     <t>セルの数</t>
     <rPh sb="3" eb="4">
       <t>カズ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>cm</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>インチ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>28 - 30.5</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">35.5 - 38 </t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>40.5 - 43</t>
@@ -1127,775 +1216,945 @@
   <si>
     <t>ロホ・１バルブ ハイタイプ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ロホ・１バルブ ミドルタイプ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ロホ・１バルブ ロータイプ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ロホ・2バルブ ハイタイプ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ロホ・2バルブ ロータイプ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>その他のサイズに関してはお問合せください。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>2RHE1414C</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2RHE1415C</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2RHE1515C</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2RHE1615C</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R66H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R67H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R77H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R78H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R79H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R87H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R88H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R89H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R810H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R98H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R99H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R910H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R911H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1011H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R119H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1110H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1111H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1010H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R109H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R108H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R129H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1210H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1211H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1310H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1311H-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R77M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R78M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R87M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R88M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R89M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R810M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R98M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R99M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R910M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R911M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R108M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R109M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1010M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1011M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R119M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1110M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1111M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1210M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1211M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1310M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R1311M-CA-SR</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>QS811C</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・クアドトロセレクト ハイタイプ（10.5cm）</t>
+    <rPh sb="19" eb="22">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・クアドトロセレクト ミドルタイプ（8.5cm）</t>
+    <rPh sb="19" eb="22">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・クアドトロセレクト ロータイプ（5.5cm）</t>
+    <rPh sb="19" eb="22">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>セル数</t>
-    <rPh sb="2" eb="3">
-      <t>カズ</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>in</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>QS66LPC</t>
+  </si>
+  <si>
+    <t>QS67LPC</t>
+  </si>
+  <si>
+    <t>QS77LPC</t>
+  </si>
+  <si>
+    <t>QS87LPC</t>
+  </si>
+  <si>
+    <t>QS78LPC</t>
+  </si>
+  <si>
+    <t>QS88LPC</t>
+  </si>
+  <si>
+    <t>QS98LPC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QS108LPC </t>
+  </si>
+  <si>
+    <t>QS79LPC</t>
+  </si>
+  <si>
+    <t>QS89LPC</t>
+  </si>
+  <si>
+    <t>QS99LPC</t>
+  </si>
+  <si>
+    <t>QS109LPC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QS810LPC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QS910LPC </t>
+  </si>
+  <si>
+    <t>QS1010LPC</t>
+  </si>
+  <si>
+    <t>QS911LPC</t>
+  </si>
+  <si>
+    <t>QS1011LPC</t>
+  </si>
+  <si>
+    <t>CS88C</t>
+  </si>
+  <si>
+    <t>CS98C</t>
+  </si>
+  <si>
+    <t>CS89C</t>
+  </si>
+  <si>
+    <t>CS99C</t>
+  </si>
+  <si>
+    <t>CS109C</t>
+  </si>
+  <si>
+    <t>CS810C</t>
+  </si>
+  <si>
+    <t>CS910C</t>
+  </si>
+  <si>
+    <t>CS1010C</t>
+  </si>
+  <si>
+    <t>CS911C</t>
+  </si>
+  <si>
+    <t>CS1011C</t>
+  </si>
+  <si>
+    <t>1R66C</t>
+  </si>
+  <si>
+    <t>1R67C</t>
+  </si>
+  <si>
+    <t>1R77C</t>
+  </si>
+  <si>
+    <t>1R87C</t>
+  </si>
+  <si>
+    <t>1R78C</t>
+  </si>
+  <si>
+    <t>1R88C</t>
+  </si>
+  <si>
+    <t>1R98C</t>
+  </si>
+  <si>
+    <t>1R108C</t>
+  </si>
+  <si>
+    <t>1R118C</t>
+  </si>
+  <si>
+    <t>1R79C</t>
+  </si>
+  <si>
+    <t>1R89C</t>
+  </si>
+  <si>
+    <t>1R99C</t>
+  </si>
+  <si>
+    <t>1R119C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1R810C </t>
+  </si>
+  <si>
+    <t>1R910C</t>
+  </si>
+  <si>
+    <t>1R1010C</t>
+  </si>
+  <si>
+    <t>1R1110C</t>
+  </si>
+  <si>
+    <t>1R811C</t>
+  </si>
+  <si>
+    <t>1R911C</t>
+  </si>
+  <si>
+    <t>1R1011C</t>
+  </si>
+  <si>
+    <t>1R1111C</t>
+  </si>
+  <si>
+    <t>ロホ・１バルブ ハイタイプ（10.5cm）</t>
+    <rPh sb="0" eb="21">
+      <t xml:space="preserve">チュウモンショ </t>
     </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R77MPC</t>
+  </si>
+  <si>
+    <t>1R78MPC</t>
+  </si>
+  <si>
+    <t>1R88MPC</t>
+  </si>
+  <si>
+    <t>1R89MPC</t>
+  </si>
+  <si>
+    <t>1R99MPC</t>
+  </si>
+  <si>
+    <t>1R109MPC</t>
+  </si>
+  <si>
+    <t>1R910MPC</t>
+  </si>
+  <si>
+    <t>1R1010MPC</t>
+  </si>
+  <si>
+    <t>1R1110MPC</t>
+  </si>
+  <si>
+    <t>1R1011MPC</t>
+  </si>
+  <si>
+    <t>1R1111MPC</t>
+  </si>
+  <si>
+    <t>ロホ・１バルブ  ロータイプ（5.5cm）</t>
+    <rPh sb="0" eb="21">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1R66LPC</t>
+  </si>
+  <si>
+    <t>1R67LPC</t>
+  </si>
+  <si>
+    <t>1R77LPC</t>
+  </si>
+  <si>
+    <t>1R87LPC</t>
+  </si>
+  <si>
+    <t>1R78LPC</t>
+  </si>
+  <si>
+    <t>1R88LPC</t>
+  </si>
+  <si>
+    <t>1R98LPC</t>
+  </si>
+  <si>
+    <t>1R108LPC</t>
+  </si>
+  <si>
+    <t>1R79LPC</t>
+  </si>
+  <si>
+    <t>1R89LPC</t>
+  </si>
+  <si>
+    <t>1R99LPC</t>
+  </si>
+  <si>
+    <t>1R109LPC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1R810LPC </t>
+  </si>
+  <si>
+    <t>1R910LPC</t>
+  </si>
+  <si>
+    <t>1R1010LPC</t>
+  </si>
+  <si>
+    <t>1R911LPC</t>
+  </si>
+  <si>
+    <t>1R1011LPC</t>
+  </si>
+  <si>
+    <t>ロホ・2バルブ ハイタイプ（10.5cm）</t>
+    <rPh sb="0" eb="21">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2R88C</t>
+  </si>
+  <si>
+    <t>2R98C</t>
+  </si>
+  <si>
+    <t>2R89C</t>
+  </si>
+  <si>
+    <t>2R99C</t>
+  </si>
+  <si>
+    <t>2R109C</t>
+  </si>
+  <si>
+    <t>2R119C</t>
+  </si>
+  <si>
+    <t>2R910C</t>
+  </si>
+  <si>
+    <t>2R1010C</t>
+  </si>
+  <si>
+    <t>2R1110C</t>
+  </si>
+  <si>
+    <t>2R911C</t>
+  </si>
+  <si>
+    <t>2R1011C</t>
+  </si>
+  <si>
+    <t>2R1012C</t>
+  </si>
+  <si>
+    <t>2R88LPC</t>
+  </si>
+  <si>
+    <t>2R89LPC</t>
+  </si>
+  <si>
+    <t>2R99LPC</t>
+  </si>
+  <si>
+    <t>2R109LPC</t>
+  </si>
+  <si>
+    <t>2R119LPC</t>
+  </si>
+  <si>
+    <t>2R910LPC</t>
+  </si>
+  <si>
+    <t>2R1010LPC</t>
+  </si>
+  <si>
+    <t>2R1110LPC</t>
+  </si>
+  <si>
+    <t>2R1011LPC</t>
+  </si>
+  <si>
+    <t>ENH88C</t>
+  </si>
+  <si>
+    <t>ENH98C</t>
+  </si>
+  <si>
+    <t>ENH89C</t>
+  </si>
+  <si>
+    <t>ENH99C</t>
+  </si>
+  <si>
+    <t>ENH109C</t>
+  </si>
+  <si>
+    <t>ENH910C</t>
+  </si>
+  <si>
+    <t>ENH1010C</t>
+  </si>
+  <si>
+    <t>ENH1110C</t>
+  </si>
+  <si>
+    <t>ENH1011C</t>
+  </si>
+  <si>
+    <t>1RHE1414C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1415C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1515C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1615C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1416C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1516C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1616C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1716C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1816C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1517C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1617C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1717C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1817C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1618C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1718C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1818C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1620C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1720C-SR</t>
+  </si>
+  <si>
+    <t>1RHE1820C-SR</t>
+  </si>
+  <si>
+    <t>2RHE1416C</t>
+  </si>
+  <si>
+    <t>2RHE1516C</t>
+  </si>
+  <si>
+    <t>2RHE1616C</t>
+  </si>
+  <si>
+    <t>2RHE1716C</t>
+  </si>
+  <si>
+    <t>2RHE1816C</t>
+  </si>
+  <si>
+    <t>2RHE1517C</t>
+  </si>
+  <si>
+    <t>2RHE1617C</t>
+  </si>
+  <si>
+    <t>2RHE1717C</t>
+  </si>
+  <si>
+    <t>2RHE1817C</t>
+  </si>
+  <si>
+    <t>2RHE1618C</t>
+  </si>
+  <si>
+    <t>2RHE1718C</t>
+  </si>
+  <si>
+    <t>2RHE1818C</t>
+  </si>
+  <si>
+    <t>2RHE1620C</t>
+  </si>
+  <si>
+    <t>2RHE1720C</t>
+  </si>
+  <si>
+    <t>2RHE1820C</t>
+  </si>
+  <si>
+    <t>MOS1616CA</t>
+  </si>
+  <si>
+    <t>MOS1816CA</t>
+  </si>
+  <si>
+    <t>MOS1717CA</t>
+  </si>
+  <si>
+    <t>MOS1618CA</t>
+  </si>
+  <si>
+    <t>MOS1818CA</t>
+  </si>
+  <si>
+    <t>MOS2018CA</t>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>AL1414HD</t>
+  </si>
+  <si>
+    <t>AL1515HD</t>
+  </si>
+  <si>
+    <t>AL1416HD</t>
+  </si>
+  <si>
+    <t>AL1616HD</t>
+  </si>
+  <si>
+    <t>AL1816HD</t>
+  </si>
+  <si>
+    <t>AL1517HD</t>
+  </si>
+  <si>
+    <t>AL1717HD</t>
+  </si>
+  <si>
+    <t>AL1917HD</t>
+  </si>
+  <si>
+    <t>AL2017HD</t>
+  </si>
+  <si>
+    <t>AL1618HD</t>
+  </si>
+  <si>
+    <t>AL1718HD</t>
+  </si>
+  <si>
+    <t>AL1818HD</t>
+  </si>
+  <si>
+    <t>AL2018HD</t>
+  </si>
+  <si>
+    <t>AL1919HD</t>
+  </si>
+  <si>
+    <t>AL1720HD</t>
+  </si>
+  <si>
+    <t>AL1820HD</t>
+  </si>
+  <si>
+    <t>ロホ・エアライト （9.5cm）</t>
+    <rPh sb="0" eb="16">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・モザイククッション（7.5cm）</t>
+    <rPh sb="0" eb="19">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">ロホ・ハイブリッドエリート（2バルブ・11cm）  </t>
+    <rPh sb="0" eb="19">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・ハイブリッドエリート（1バルブ・11cm）スマートチェック対応</t>
+    <rPh sb="0" eb="26">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・エンハンサー（10.5cm）</t>
+    <rPh sb="0" eb="17">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・コンツァーセレクト（10.5cm）</t>
+    <rPh sb="0" eb="12">
+      <t xml:space="preserve">チュウモンショ </t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>奥行き</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>幅</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・１バルブ  ミドルタイプ（8.5cm）スマートチェック対応</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・１バルブ ハイタイプ（10.5cm）スマートチェック対応</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>幅</t>
     <rPh sb="0" eb="1">
       <t xml:space="preserve">ハバ </t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>2R910LPC</t>
-[...508 lines deleted...]
-    <rPh sb="19" eb="22">
+    <t>QSxC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>QSxMPC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>QSxLPC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>CSxC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1RxC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1RxMPC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・１バルブ ミドルタイプ（8.5cm）</t>
+    <rPh sb="18" eb="21">
       <t xml:space="preserve">チュウモンショ </t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ロホ・クアドトロセレクト ミドルタイプ（8.5cm）</t>
-    <rPh sb="19" eb="22">
+    <t>1RxLPC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2RxC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2RxLPC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロホ・2バルブ ロータイプ（5.5cm）</t>
+    <rPh sb="0" eb="20">
       <t xml:space="preserve">チュウモンショ </t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ロホ・クアドトロセレクト ロータイプ（5.5cm）</t>
-[...177 lines deleted...]
-    <t>ALxHD-PT230630</t>
+    <t>ENHxC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1RHExCSR-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2RHExC-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1RxHCASR-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1RxMCASR-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ALxHD-PT260310</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>MOSxCA-PT260310</t>
+    <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="5" formatCode="&quot;¥&quot;#,##0;&quot;¥&quot;\-#,##0"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
@@ -1903,141 +2162,125 @@
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="36"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="18"/>
-[...5 lines deleted...]
-    <font>
       <sz val="16"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="68">
+  <borders count="64">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
@@ -2653,949 +2896,807 @@
       </diagonal>
     </border>
     <border diagonalDown="1">
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal style="thin">
         <color indexed="64"/>
       </diagonal>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...77 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="248">
+  <cellXfs count="185">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="56" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="56" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="52" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="5" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="5" fontId="0" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...270 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
-    </xf>
-[...211 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...104 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...49 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="14">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -3624,870 +3725,870 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="142697" y="20640068"/>
-          <a:ext cx="3956692" cy="899965"/>
+          <a:off x="141270" y="7499057"/>
+          <a:ext cx="2743444" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0DAD698-B484-A845-BEDD-7F9D5A1CC26F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="9765100"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>16</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>16</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>619125</xdr:colOff>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{140EB20C-7617-CE45-8921-D0DE8D584D7B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="18040135"/>
-          <a:ext cx="3941233" cy="899965"/>
+          <a:off x="141270" y="9765100"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>16</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>16</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC00BFB7-934A-8F4B-BFFB-B43B8C45F020}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3958166" cy="899965"/>
+          <a:off x="141270" y="10514400"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>277233</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>619125</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="9729662"/>
+          <a:ext cx="2743444" cy="628867"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>14270</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:colOff>18143</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>272143</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>906100</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>619369</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>935481</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="図 1">
+        <xdr:cNvPr id="4" name="図 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{113929E4-A9F7-6543-8CE6-8DF0069C3A58}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3915833" cy="899965"/>
+          <a:off x="145143" y="9724572"/>
+          <a:ext cx="2743444" cy="628867"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>16</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>16</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6623CBA4-96F7-A947-B6D3-BEC6C2F782F2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3958166" cy="899965"/>
+          <a:off x="141270" y="7517200"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>14</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>14</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95B3667E-050B-4B4D-90D2-37784D468748}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="10514400"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38D6184A-0A05-3A47-B0CD-3165022F556D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3937000" cy="899965"/>
+          <a:off x="141270" y="7499057"/>
+          <a:ext cx="2743444" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52CF5165-80D3-C142-8493-E69BB74C675B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3937000" cy="899965"/>
+          <a:off x="141270" y="7517200"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2CA58C2-6CF7-984C-B700-57F4121A5EE1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="7517200"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31F93D70-39C4-944A-BDBB-2F6D11EA0873}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="7517200"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09324DD9-6B86-084C-9970-4F8F6588B3F0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="9765100"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF04AC98-EDC0-F34C-9BEA-76381D5E4187}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="9765100"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18EF6F29-7E1A-E545-B389-C91D633DA7EB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="9765100"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>14270</xdr:colOff>
-      <xdr:row>17</xdr:row>
-      <xdr:rowOff>6135</xdr:rowOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>278200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>906100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4845887-420D-CE4E-B1E3-BDA4B5B32FD3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="141270" y="19462535"/>
-          <a:ext cx="3903133" cy="899965"/>
+          <a:off x="141270" y="9765100"/>
+          <a:ext cx="2741630" cy="627900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -4549,51 +4650,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -4691,51 +4792,51 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
@@ -4766,3736 +4867,3145 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{572D483E-3DAB-EC4C-8060-972F359830FA}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:J16"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="10" width="23.33203125" style="23" customWidth="1"/>
+    <col min="11" max="11" width="1.6640625" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...43 lines deleted...]
-      <c r="F4" s="26">
+    <row r="1" spans="2:10" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>301</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+    </row>
+    <row r="2" spans="2:10" ht="17" thickBot="1"/>
+    <row r="3" spans="2:10" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+    </row>
+    <row r="4" spans="2:10" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:J4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 6, 1)</f>
         <v>6</v>
       </c>
       <c r="G4" s="26">
         <v>7</v>
       </c>
       <c r="H4" s="26">
         <v>8</v>
       </c>
       <c r="I4" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="J4" s="27">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+    </row>
+    <row r="5" spans="2:10" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>32.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>36.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>41</v>
+      </c>
+      <c r="I5" s="26">
+        <v>45</v>
+      </c>
+      <c r="J5" s="27">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>12.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>14.5</v>
+      </c>
+      <c r="H6" s="28">
+        <v>16</v>
+      </c>
+      <c r="I6" s="28">
+        <v>17.75</v>
+      </c>
+      <c r="J6" s="29">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
+        <v>6</v>
+      </c>
+      <c r="D7" s="66">
+        <v>30</v>
+      </c>
+      <c r="E7" s="51">
+        <v>11.75</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="71"/>
+    </row>
+    <row r="8" spans="2:10" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
+        <v>7</v>
+      </c>
+      <c r="D8" s="26">
+        <v>34.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.5</v>
+      </c>
+      <c r="F8" s="59" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="I8" s="34"/>
+      <c r="J8" s="38"/>
+    </row>
+    <row r="9" spans="2:10" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
+        <v>8</v>
+      </c>
+      <c r="D9" s="26">
+        <v>38.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>15.25</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34" t="s">
+        <v>243</v>
+      </c>
+      <c r="H9" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="I9" s="34" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" s="38" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
+        <v>9</v>
+      </c>
+      <c r="D10" s="26">
+        <v>43</v>
+      </c>
+      <c r="E10" s="27">
+        <v>17</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10" s="34" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="J10" s="38" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
+        <v>10</v>
+      </c>
+      <c r="D11" s="26">
+        <v>47</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.5</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I11" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="J11" s="38" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="103"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...240 lines deleted...]
-      <c r="I12" s="37" t="s">
+      <c r="D12" s="28">
+        <v>51.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20.25</v>
+      </c>
+      <c r="F12" s="72"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57" t="s">
+        <v>300</v>
+      </c>
+      <c r="I12" s="57" t="s">
         <v>29</v>
       </c>
-      <c r="J12" s="37" t="s">
+      <c r="J12" s="73" t="s">
         <v>36</v>
       </c>
-      <c r="K12" s="37" t="s">
-[...92 lines deleted...]
-      <c r="N16" s="24" t="s">
+    </row>
+    <row r="13" spans="2:10" ht="22">
+      <c r="J13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="14" spans="2:10" ht="16" customHeight="1"/>
+    <row r="15" spans="2:10" ht="80" customHeight="1"/>
+    <row r="16" spans="2:10" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>483</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="E7iPwlq2qDtE0x2rpP6aW6h57l5z/ojhH7IH2nForJECFhJBbUnj1Qn2mH5im7+sNqmy0QnnGs53qCnH7AI1GQ==" saltValue="oOTwl09bM9zvjGMOQDolEw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="l+2h7zAmeTDvW9Z+CoqqeuM3TqF687XYbQMDiVXQLyGb2+9TrFO8/p96lpsvDoVUZBOW/VjPSPmPiEwYp6BYqg==" saltValue="rVaudKsuwMjk6y9C5QbLeg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:J12">
+    <cfRule type="containsBlanks" dxfId="13" priority="2" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{965E2A8D-135F-0542-90FF-113F31662203}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30CCF5D6-5374-0045-98C5-CD117D2263EE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:I14"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="9" width="23.33203125" style="23" customWidth="1"/>
+    <col min="10" max="10" width="1.6640625" style="23" customWidth="1"/>
+    <col min="11" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...44 lines deleted...]
-        <v>6</v>
+    <row r="1" spans="2:9" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>476</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+    </row>
+    <row r="2" spans="2:9" ht="17" thickBot="1"/>
+    <row r="3" spans="2:9" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="69"/>
+      <c r="I3" s="69"/>
+    </row>
+    <row r="4" spans="2:9" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:I4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 8, 1)</f>
+        <v>8</v>
       </c>
       <c r="G4" s="26">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H4" s="26">
+        <v>10</v>
+      </c>
+      <c r="I4" s="27">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="2:9" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>42</v>
+      </c>
+      <c r="H5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="I5" s="27">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:9" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="H6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="I6" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:9" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C10">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 8, 1)</f>
         <v>8</v>
       </c>
-      <c r="I4" s="26">
+      <c r="D7" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F7" s="30" t="s">
+        <v>406</v>
+      </c>
+      <c r="G7" s="30" t="s">
+        <v>407</v>
+      </c>
+      <c r="H7" s="30"/>
+      <c r="I7" s="40"/>
+    </row>
+    <row r="8" spans="2:9" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="D8" s="26">
+        <v>42</v>
+      </c>
+      <c r="E8" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F8" s="30" t="s">
+        <v>408</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>409</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>410</v>
+      </c>
+      <c r="I8" s="40"/>
+    </row>
+    <row r="9" spans="2:9" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+      <c r="D9" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F9" s="30"/>
+      <c r="G9" s="30" t="s">
+        <v>411</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>412</v>
+      </c>
+      <c r="I9" s="40" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" ht="59" customHeight="1" thickBot="1">
+      <c r="B10" s="103"/>
+      <c r="C10" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...259 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D10" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E10" s="29">
+        <v>20</v>
+      </c>
+      <c r="F10" s="57"/>
+      <c r="G10" s="57"/>
+      <c r="H10" s="57" t="s">
+        <v>414</v>
+      </c>
+      <c r="I10" s="73"/>
+    </row>
+    <row r="11" spans="2:9" ht="22">
+      <c r="H11" s="24"/>
+      <c r="I11" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="12" spans="2:9" ht="16" customHeight="1"/>
+    <row r="13" spans="2:9" ht="80" customHeight="1"/>
+    <row r="14" spans="2:9" ht="20" customHeight="1">
+      <c r="B14" s="31" t="s">
+        <v>494</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="VJlNazsKMSfmJ0eNtwSUxMgVMmge9dnXjIL4j0oPm38h2pem/SqQH59g86Ml8AJZDwnwLteK/AXKjk18GNef2Q==" saltValue="dxqWUulol4sMxVZKqMmWgA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Tp9uHifPgjuw9zyGNUyPIojtaSp3J81AZ+uwDbIJtDNiscnFvzKHHfaWisEbQOjCciVz0JqSqPHuVoRdzdh36g==" saltValue="+tjQ9E/I4gnJCiGqS5V6ig==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B10"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:I10">
+    <cfRule type="containsBlanks" dxfId="4" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="87" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73C85113-E595-A541-A5A1-B15224FBBD60}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6AE5E6D2-37AC-2B49-A69D-874127F11621}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:M18"/>
+  <dimension ref="B1:J17"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:M1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="4" width="4.83203125" style="23" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" hidden="1" customWidth="1"/>
+    <col min="4" max="10" width="23.33203125" style="23" customWidth="1"/>
+    <col min="11" max="11" width="1.6640625" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="49">
-[...35 lines deleted...]
-      <c r="D4" s="142">
+    <row r="1" spans="2:10" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>475</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+    </row>
+    <row r="2" spans="2:10" ht="17" thickBot="1"/>
+    <row r="3" spans="2:10" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+    </row>
+    <row r="4" spans="2:10" ht="28" hidden="1" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:J4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 14, 1)</f>
         <v>14</v>
       </c>
-      <c r="E4" s="142"/>
-      <c r="F4" s="30">
+      <c r="G4" s="26">
         <v>15</v>
       </c>
-      <c r="G4" s="124">
+      <c r="H4" s="26">
         <v>16</v>
       </c>
-      <c r="H4" s="125"/>
-      <c r="I4" s="30">
+      <c r="I4" s="26">
         <v>17</v>
       </c>
-      <c r="J4" s="30">
+      <c r="J4" s="27">
         <v>18</v>
       </c>
-      <c r="K4" s="30">
+    </row>
+    <row r="5" spans="2:10" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>35</v>
+      </c>
+      <c r="G5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>40</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42.5</v>
+      </c>
+      <c r="J5" s="27">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>13.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="H6" s="28">
+        <v>15.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.75</v>
+      </c>
+      <c r="J6" s="29">
+        <v>17.75</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C13">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 14, 1)</f>
+        <v>14</v>
+      </c>
+      <c r="D7" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F7" s="59" t="s">
+        <v>415</v>
+      </c>
+      <c r="G7" s="30"/>
+      <c r="H7" s="30"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="40"/>
+    </row>
+    <row r="8" spans="2:10" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
+        <v>15</v>
+      </c>
+      <c r="D8" s="26">
+        <v>40</v>
+      </c>
+      <c r="E8" s="27">
+        <v>15.75</v>
+      </c>
+      <c r="F8" s="34" t="s">
+        <v>416</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>417</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>418</v>
+      </c>
+      <c r="I8" s="30"/>
+      <c r="J8" s="40"/>
+    </row>
+    <row r="9" spans="2:10" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
+        <v>16</v>
+      </c>
+      <c r="D9" s="26">
+        <v>43</v>
+      </c>
+      <c r="E9" s="27">
+        <v>16.75</v>
+      </c>
+      <c r="F9" s="59" t="s">
+        <v>419</v>
+      </c>
+      <c r="G9" s="30" t="s">
+        <v>420</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>421</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>422</v>
+      </c>
+      <c r="J9" s="40" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
+        <v>17</v>
+      </c>
+      <c r="D10" s="26">
+        <v>45</v>
+      </c>
+      <c r="E10" s="27">
+        <v>17.75</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>425</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>426</v>
+      </c>
+      <c r="J10" s="40" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
+        <v>18</v>
+      </c>
+      <c r="D11" s="26">
+        <v>48</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.75</v>
+      </c>
+      <c r="F11" s="78"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79" t="s">
+        <v>428</v>
+      </c>
+      <c r="I11" s="79" t="s">
+        <v>429</v>
+      </c>
+      <c r="J11" s="81" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" ht="59" hidden="1" customHeight="1">
+      <c r="B12" s="102"/>
+      <c r="C12" s="26">
+        <v>19</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="E12" s="27" t="s">
+        <v>455</v>
+      </c>
+      <c r="F12" s="78"/>
+      <c r="G12" s="79"/>
+      <c r="H12" s="79"/>
+      <c r="I12" s="79"/>
+      <c r="J12" s="81"/>
+    </row>
+    <row r="13" spans="2:10" ht="59" customHeight="1" thickBot="1">
+      <c r="B13" s="103"/>
+      <c r="C13" s="28">
         <v>20</v>
       </c>
-      <c r="L4" s="30">
-[...223 lines deleted...]
-      <c r="M15" s="24" t="s">
+      <c r="D13" s="28">
+        <v>53</v>
+      </c>
+      <c r="E13" s="29">
+        <v>20.75</v>
+      </c>
+      <c r="F13" s="72"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="57" t="s">
+        <v>431</v>
+      </c>
+      <c r="I13" s="57" t="s">
+        <v>432</v>
+      </c>
+      <c r="J13" s="73" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="14" spans="2:10" ht="22">
+      <c r="J14" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="16" spans="2:13" ht="16" customHeight="1"/>
-[...11 lines deleted...]
-      <c r="M18" s="50"/>
+    <row r="15" spans="2:10" ht="16" customHeight="1"/>
+    <row r="16" spans="2:10" ht="80" customHeight="1"/>
+    <row r="17" spans="2:2" ht="20" customHeight="1">
+      <c r="B17" s="31" t="s">
+        <v>495</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PnhhFKy82vqsz/FPY8akYnzgq/w7o9BgnRXKmfiBKeTmS1SrQvWqxZp9paPESduyW/reWsXmVx/N6Qr8BrEBCw==" saltValue="uGxWEGY/dlVEKj2R7RaaeQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...26 lines deleted...]
-    <mergeCell ref="G14:H14"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="WHGRl2BdzPYGxvUmu+RNAGbm44hw0DFT5Pw8fr41EfiQs1Q8aA0Cmj93Q9Hi9h4xCZyf66w540SeTHt4nQRVoA==" saltValue="ZTyiVva93GN+QVoi9hGNPA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B13"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:J13">
+    <cfRule type="containsBlanks" dxfId="3" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="78" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E88DC25-DE03-DD43-9494-139E3601F425}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD0EA2A0-5906-6C4F-BC0A-B5E02BD526B5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:M18"/>
+  <dimension ref="B1:J17"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:M1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="4" width="4.83203125" style="23" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="10" width="23.33203125" style="23" customWidth="1"/>
+    <col min="11" max="11" width="1.6640625" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="49">
-[...19 lines deleted...]
-      <c r="D3" s="140" t="s">
+    <row r="1" spans="2:10" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>474</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+    </row>
+    <row r="2" spans="2:10" ht="17" thickBot="1"/>
+    <row r="3" spans="2:10" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+    </row>
+    <row r="4" spans="2:10" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:J4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 14, 1)</f>
+        <v>14</v>
+      </c>
+      <c r="G4" s="26">
+        <v>15</v>
+      </c>
+      <c r="H4" s="26">
+        <v>16</v>
+      </c>
+      <c r="I4" s="26">
+        <v>17</v>
+      </c>
+      <c r="J4" s="27">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="2:10" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>35</v>
+      </c>
+      <c r="G5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>40</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42.5</v>
+      </c>
+      <c r="J5" s="27">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>13.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="H6" s="28">
+        <v>15.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.75</v>
+      </c>
+      <c r="J6" s="29">
+        <v>17.75</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C13">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 14, 1)</f>
+        <v>14</v>
+      </c>
+      <c r="D7" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F7" s="55" t="s">
+        <v>250</v>
+      </c>
+      <c r="G7" s="30"/>
+      <c r="H7" s="30"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="40"/>
+    </row>
+    <row r="8" spans="2:10" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
+        <v>15</v>
+      </c>
+      <c r="D8" s="26">
+        <v>40</v>
+      </c>
+      <c r="E8" s="27">
+        <v>15.75</v>
+      </c>
+      <c r="F8" s="55" t="s">
         <v>251</v>
       </c>
-      <c r="E3" s="140"/>
-[...19 lines deleted...]
-      <c r="G4" s="124">
+      <c r="G8" s="30" t="s">
+        <v>252</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>253</v>
+      </c>
+      <c r="I8" s="30"/>
+      <c r="J8" s="40"/>
+    </row>
+    <row r="9" spans="2:10" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>16</v>
       </c>
-      <c r="H4" s="125"/>
-      <c r="I4" s="30">
+      <c r="D9" s="26">
+        <v>43</v>
+      </c>
+      <c r="E9" s="27">
+        <v>16.75</v>
+      </c>
+      <c r="F9" s="55" t="s">
+        <v>434</v>
+      </c>
+      <c r="G9" s="30" t="s">
+        <v>435</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>436</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>437</v>
+      </c>
+      <c r="J9" s="40" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
         <v>17</v>
       </c>
-      <c r="J4" s="30">
+      <c r="D10" s="26">
+        <v>45</v>
+      </c>
+      <c r="E10" s="27">
+        <v>17.75</v>
+      </c>
+      <c r="F10" s="55"/>
+      <c r="G10" s="30" t="s">
+        <v>439</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>440</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>441</v>
+      </c>
+      <c r="J10" s="40" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
         <v>18</v>
       </c>
-      <c r="K4" s="30">
+      <c r="D11" s="26">
+        <v>48</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.75</v>
+      </c>
+      <c r="F11" s="85"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79" t="s">
+        <v>443</v>
+      </c>
+      <c r="I11" s="79" t="s">
+        <v>444</v>
+      </c>
+      <c r="J11" s="81" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" ht="59" hidden="1" customHeight="1">
+      <c r="B12" s="102"/>
+      <c r="C12" s="26">
+        <v>19</v>
+      </c>
+      <c r="D12" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="E12" s="27" t="s">
+        <v>455</v>
+      </c>
+      <c r="F12" s="85"/>
+      <c r="G12" s="79"/>
+      <c r="H12" s="79"/>
+      <c r="I12" s="79"/>
+      <c r="J12" s="81"/>
+    </row>
+    <row r="13" spans="2:10" ht="59" customHeight="1" thickBot="1">
+      <c r="B13" s="103"/>
+      <c r="C13" s="76">
         <v>20</v>
       </c>
-      <c r="L4" s="30">
-[...223 lines deleted...]
-      <c r="M15" s="24" t="s">
+      <c r="D13" s="76">
+        <v>53</v>
+      </c>
+      <c r="E13" s="82">
+        <v>20.75</v>
+      </c>
+      <c r="F13" s="87"/>
+      <c r="G13" s="77"/>
+      <c r="H13" s="77" t="s">
+        <v>446</v>
+      </c>
+      <c r="I13" s="77" t="s">
+        <v>447</v>
+      </c>
+      <c r="J13" s="82" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="14" spans="2:10" ht="22">
+      <c r="J14" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="16" spans="2:13" ht="16" customHeight="1"/>
-[...11 lines deleted...]
-      <c r="M18" s="50"/>
+    <row r="15" spans="2:10" ht="16" customHeight="1"/>
+    <row r="16" spans="2:10" ht="80" customHeight="1"/>
+    <row r="17" spans="2:2" ht="20" customHeight="1">
+      <c r="B17" s="31" t="s">
+        <v>496</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="h2wz2/9cF9It3DjFzRZkhu3ngbzQRwrK+Qcuednya+tGKMMgVff95BEOA3f5o7OUonfHwtaLLqHRxyLyqQ8WMg==" saltValue="Ms5knClQ7fALdPm+KH8jYQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...26 lines deleted...]
-    <mergeCell ref="D11:E11"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="aMO8sVj3N3ECQVlAqo2mupkxNow85PvuPW9D7U04DW/i0oaVVBqUNM5fwMgsSKJe+5PlM2dusii96CCkwkp78g==" saltValue="rOJyTeGeJivWIMqSvGJnqA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B13"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:J13">
+    <cfRule type="containsBlanks" dxfId="2" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6C98628-73C0-B34C-A7D3-1EA41BFDCDF3}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:M16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" hidden="1" customWidth="1"/>
+    <col min="4" max="13" width="23.33203125" style="23" customWidth="1"/>
+    <col min="14" max="14" width="1.6640625" style="23" customWidth="1"/>
+    <col min="15" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...40 lines deleted...]
-      <c r="E4" s="36">
+    <row r="1" spans="2:13" ht="49">
+      <c r="B1" s="74" t="s">
+        <v>481</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+      <c r="L1" s="74"/>
+      <c r="M1" s="74"/>
+    </row>
+    <row r="2" spans="2:13" ht="17" thickBot="1"/>
+    <row r="3" spans="2:13" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+      <c r="L3" s="68"/>
+      <c r="M3" s="69"/>
+    </row>
+    <row r="4" spans="2:13" ht="28" hidden="1" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="33">
         <v>6</v>
       </c>
-      <c r="F4" s="26">
+      <c r="G4" s="26">
         <v>7</v>
       </c>
-      <c r="G4" s="26">
+      <c r="H4" s="26">
         <v>8</v>
       </c>
-      <c r="H4" s="26">
+      <c r="I4" s="26">
         <v>9</v>
       </c>
-      <c r="I4" s="26">
+      <c r="J4" s="26">
         <v>10</v>
       </c>
-      <c r="J4" s="26">
+      <c r="K4" s="26">
         <v>11</v>
       </c>
-      <c r="K4" s="26">
+      <c r="L4" s="26">
         <v>12</v>
       </c>
-      <c r="L4" s="26">
+      <c r="M4" s="27">
         <v>13</v>
       </c>
-      <c r="M4" s="26">
-[...8 lines deleted...]
-      <c r="C5" s="109" t="s">
+    </row>
+    <row r="5" spans="2:13" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="109"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E5" s="63"/>
       <c r="F5" s="26">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="I5" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42</v>
+      </c>
+      <c r="J5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="K5" s="26">
+        <v>50.5</v>
+      </c>
+      <c r="L5" s="26">
+        <v>55</v>
+      </c>
+      <c r="M5" s="27">
+        <v>59.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:13" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="61"/>
+      <c r="E6" s="88" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>11.5</v>
+      </c>
+      <c r="G6" s="28">
+        <v>13.25</v>
+      </c>
+      <c r="H6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="J6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="K6" s="28">
+        <v>20</v>
+      </c>
+      <c r="L6" s="28">
+        <v>21.75</v>
+      </c>
+      <c r="M6" s="29">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" ht="59" customHeight="1">
+      <c r="B7" s="104" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
         <v>6</v>
       </c>
-      <c r="J5" s="26" t="s">
+      <c r="D7" s="26">
+        <v>29</v>
+      </c>
+      <c r="E7" s="27">
+        <v>11.5</v>
+      </c>
+      <c r="F7" s="37" t="s">
+        <v>254</v>
+      </c>
+      <c r="G7" s="41"/>
+      <c r="H7" s="41"/>
+      <c r="I7" s="41"/>
+      <c r="J7" s="41"/>
+      <c r="K7" s="41"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="42"/>
+    </row>
+    <row r="8" spans="2:13" ht="59" customHeight="1">
+      <c r="B8" s="105"/>
+      <c r="C8" s="26">
         <v>7</v>
       </c>
-      <c r="K5" s="26">
-[...2 lines deleted...]
-      <c r="L5" s="26" t="s">
+      <c r="D8" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.25</v>
+      </c>
+      <c r="F8" s="55" t="s">
+        <v>255</v>
+      </c>
+      <c r="G8" s="34" t="s">
+        <v>256</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>259</v>
+      </c>
+      <c r="I8" s="39"/>
+      <c r="J8" s="39"/>
+      <c r="K8" s="43"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="45"/>
+    </row>
+    <row r="9" spans="2:13" ht="59" customHeight="1">
+      <c r="B9" s="105"/>
+      <c r="C9" s="26">
         <v>8</v>
       </c>
-      <c r="M5" s="26">
-[...2 lines deleted...]
-      <c r="N5" s="41" t="s">
+      <c r="D9" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F9" s="44"/>
+      <c r="G9" s="34" t="s">
+        <v>257</v>
+      </c>
+      <c r="H9" s="34" t="s">
+        <v>260</v>
+      </c>
+      <c r="I9" s="34" t="s">
+        <v>263</v>
+      </c>
+      <c r="J9" s="34" t="s">
+        <v>273</v>
+      </c>
+      <c r="K9" s="43"/>
+      <c r="L9" s="43"/>
+      <c r="M9" s="45"/>
+    </row>
+    <row r="10" spans="2:13" ht="59" customHeight="1">
+      <c r="B10" s="105"/>
+      <c r="C10" s="26">
         <v>9</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="G6" s="30" t="s">
+      <c r="D10" s="26">
+        <v>42</v>
+      </c>
+      <c r="E10" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F10" s="44"/>
+      <c r="G10" s="34" t="s">
+        <v>258</v>
+      </c>
+      <c r="H10" s="34" t="s">
+        <v>261</v>
+      </c>
+      <c r="I10" s="34" t="s">
+        <v>264</v>
+      </c>
+      <c r="J10" s="34" t="s">
+        <v>272</v>
+      </c>
+      <c r="K10" s="34" t="s">
+        <v>268</v>
+      </c>
+      <c r="L10" s="54" t="s">
+        <v>274</v>
+      </c>
+      <c r="M10" s="45"/>
+    </row>
+    <row r="11" spans="2:13" ht="59" customHeight="1">
+      <c r="B11" s="105"/>
+      <c r="C11" s="26">
         <v>10</v>
       </c>
-      <c r="H6" s="30" t="s">
+      <c r="D11" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F11" s="44"/>
+      <c r="G11" s="43"/>
+      <c r="H11" s="34" t="s">
+        <v>262</v>
+      </c>
+      <c r="I11" s="34" t="s">
+        <v>265</v>
+      </c>
+      <c r="J11" s="34" t="s">
+        <v>271</v>
+      </c>
+      <c r="K11" s="34" t="s">
+        <v>269</v>
+      </c>
+      <c r="L11" s="54" t="s">
+        <v>275</v>
+      </c>
+      <c r="M11" s="93" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="12" spans="2:13" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="106"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="I6" s="30" t="s">
-[...236 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20</v>
+      </c>
+      <c r="F12" s="56"/>
+      <c r="G12" s="52"/>
+      <c r="H12" s="52"/>
+      <c r="I12" s="57" t="s">
+        <v>266</v>
+      </c>
+      <c r="J12" s="57" t="s">
+        <v>267</v>
+      </c>
+      <c r="K12" s="57" t="s">
+        <v>270</v>
+      </c>
+      <c r="L12" s="97" t="s">
+        <v>276</v>
+      </c>
+      <c r="M12" s="98" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="13" spans="2:13" ht="22" customHeight="1">
+      <c r="M13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="18" spans="2:14" ht="80" customHeight="1">
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="15" spans="2:13" ht="80" customHeight="1">
+      <c r="L15" s="35"/>
+      <c r="M15" s="35"/>
+    </row>
+    <row r="16" spans="2:13" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>497</v>
+      </c>
+      <c r="K16" s="35"/>
+      <c r="L16" s="35"/>
+      <c r="M16" s="35"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="haW2dNx4PR9/AeeMS9UzuvWzXVoNqQVxv1VI/7wa4sVTdlPUyd623s/PS+tT7lxBNO9aoFwMJ2gz9ndK0ZF2OQ==" saltValue="lKgVfTsRL2Yl+lZrMwfKsw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="u4leJlgvhXozUlRyAxwwvLHmGKuOQEYKli8pRIm8wSI+vqEH3Rup4EU3uoZQHAvHXE3EFYeHEItgG/ezoQooiw==" saltValue="Z+8bypJZvkqLTSPA+pu77Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="55" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{861039D8-AA06-CD4E-B28A-18CB7B4500F2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:M19"/>
+  <dimension ref="B1:M16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:M1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="13" width="23" style="23" customWidth="1"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" hidden="1" customWidth="1"/>
+    <col min="4" max="13" width="23.33203125" style="23" customWidth="1"/>
     <col min="14" max="14" width="1.6640625" style="23" customWidth="1"/>
     <col min="15" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="49">
-      <c r="B1" s="112" t="s">
-[...12 lines deleted...]
-      <c r="M1" s="112"/>
+      <c r="B1" s="74" t="s">
+        <v>480</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+      <c r="L1" s="74"/>
+      <c r="M1" s="74"/>
     </row>
     <row r="2" spans="2:13" ht="17" thickBot="1"/>
     <row r="3" spans="2:13" ht="28" customHeight="1">
-      <c r="B3" s="103"/>
-[...20 lines deleted...]
-      <c r="E4" s="36">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="99"/>
+      <c r="F3" s="91" t="s">
+        <v>482</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+      <c r="L3" s="68"/>
+      <c r="M3" s="69"/>
+    </row>
+    <row r="4" spans="2:13" ht="28" hidden="1" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="33">
         <v>6</v>
       </c>
-      <c r="F4" s="26">
+      <c r="G4" s="26">
         <v>7</v>
       </c>
-      <c r="G4" s="122">
+      <c r="H4" s="26">
         <v>8</v>
       </c>
-      <c r="H4" s="123"/>
       <c r="I4" s="26">
         <v>9</v>
       </c>
       <c r="J4" s="26">
         <v>10</v>
       </c>
       <c r="K4" s="26">
         <v>11</v>
       </c>
       <c r="L4" s="26">
         <v>12</v>
       </c>
       <c r="M4" s="27">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="2:13" ht="28" customHeight="1">
-      <c r="B5" s="104"/>
-      <c r="C5" s="109" t="s">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="109"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E5" s="63"/>
       <c r="F5" s="26">
-        <v>33</v>
-[...8 lines deleted...]
-      <c r="J5" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42</v>
+      </c>
+      <c r="J5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="K5" s="26">
+        <v>50.5</v>
+      </c>
+      <c r="L5" s="26">
+        <v>55</v>
+      </c>
+      <c r="M5" s="27">
+        <v>59.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:13" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="100"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="61"/>
+      <c r="E6" s="88" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>11.5</v>
+      </c>
+      <c r="G6" s="28">
+        <v>13.25</v>
+      </c>
+      <c r="H6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="J6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="K6" s="28">
+        <v>20</v>
+      </c>
+      <c r="L6" s="28">
+        <v>21.75</v>
+      </c>
+      <c r="M6" s="29">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" ht="59" customHeight="1">
+      <c r="B7" s="107" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
         <v>6</v>
       </c>
-      <c r="K5" s="26" t="s">
+      <c r="D7" s="26">
+        <v>29</v>
+      </c>
+      <c r="E7" s="27">
+        <v>11.5</v>
+      </c>
+      <c r="F7" s="48"/>
+      <c r="G7" s="49"/>
+      <c r="H7" s="94"/>
+      <c r="I7" s="49"/>
+      <c r="J7" s="49"/>
+      <c r="K7" s="49"/>
+      <c r="L7" s="49"/>
+      <c r="M7" s="50"/>
+    </row>
+    <row r="8" spans="2:13" ht="59" customHeight="1">
+      <c r="B8" s="107"/>
+      <c r="C8" s="26">
         <v>7</v>
       </c>
-      <c r="L5" s="26">
-[...2 lines deleted...]
-      <c r="M5" s="27" t="s">
+      <c r="D8" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.25</v>
+      </c>
+      <c r="F8" s="48"/>
+      <c r="G8" s="30" t="s">
+        <v>279</v>
+      </c>
+      <c r="H8" s="33" t="s">
+        <v>281</v>
+      </c>
+      <c r="I8" s="46"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+      <c r="L8" s="46"/>
+      <c r="M8" s="47"/>
+    </row>
+    <row r="9" spans="2:13" ht="59" customHeight="1">
+      <c r="B9" s="107"/>
+      <c r="C9" s="26">
         <v>8</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="G6" s="124" t="s">
+      <c r="D9" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F9" s="48"/>
+      <c r="G9" s="30" t="s">
+        <v>280</v>
+      </c>
+      <c r="H9" s="33" t="s">
+        <v>282</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>285</v>
+      </c>
+      <c r="J9" s="30" t="s">
+        <v>289</v>
+      </c>
+      <c r="K9" s="46"/>
+      <c r="L9" s="46"/>
+      <c r="M9" s="47"/>
+    </row>
+    <row r="10" spans="2:13" ht="59" customHeight="1">
+      <c r="B10" s="107"/>
+      <c r="C10" s="26">
+        <v>9</v>
+      </c>
+      <c r="D10" s="26">
+        <v>42</v>
+      </c>
+      <c r="E10" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F10" s="48"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="33" t="s">
+        <v>283</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>286</v>
+      </c>
+      <c r="J10" s="30" t="s">
+        <v>290</v>
+      </c>
+      <c r="K10" s="30" t="s">
+        <v>293</v>
+      </c>
+      <c r="L10" s="46"/>
+      <c r="M10" s="47"/>
+    </row>
+    <row r="11" spans="2:13" ht="59" customHeight="1">
+      <c r="B11" s="107"/>
+      <c r="C11" s="26">
         <v>10</v>
       </c>
-      <c r="H6" s="125"/>
-      <c r="I6" s="30" t="s">
+      <c r="D11" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F11" s="48"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="33" t="s">
+        <v>284</v>
+      </c>
+      <c r="I11" s="30" t="s">
+        <v>287</v>
+      </c>
+      <c r="J11" s="30" t="s">
+        <v>291</v>
+      </c>
+      <c r="K11" s="30" t="s">
+        <v>294</v>
+      </c>
+      <c r="L11" s="30" t="s">
+        <v>296</v>
+      </c>
+      <c r="M11" s="40" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="12" spans="2:13" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="108"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="J6" s="30" t="s">
-[...209 lines deleted...]
-      <c r="M16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20</v>
+      </c>
+      <c r="F12" s="58"/>
+      <c r="G12" s="53"/>
+      <c r="H12" s="89"/>
+      <c r="I12" s="28" t="s">
+        <v>288</v>
+      </c>
+      <c r="J12" s="28" t="s">
+        <v>292</v>
+      </c>
+      <c r="K12" s="28" t="s">
+        <v>295</v>
+      </c>
+      <c r="L12" s="28" t="s">
+        <v>297</v>
+      </c>
+      <c r="M12" s="29" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="13" spans="2:13" ht="22">
+      <c r="M13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="18" spans="2:13" ht="80" customHeight="1">
-[...10 lines deleted...]
-      <c r="M19" s="39"/>
+    <row r="15" spans="2:13" ht="80" customHeight="1">
+      <c r="K15" s="35"/>
+      <c r="L15" s="35"/>
+      <c r="M15" s="35"/>
+    </row>
+    <row r="16" spans="2:13" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>498</v>
+      </c>
+      <c r="K16" s="35"/>
+      <c r="L16" s="35"/>
+      <c r="M16" s="35"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="lnXS8A3cyBakWS9fGhnVIB0sa6/MVnUbMX6tLFoBHwNWakEoce4yNYj0Ej3zN3+q3UypOZsQw/qhsrkMvt8Dbw==" saltValue="GxfQlgHeMUOf1jKxVSesAQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...20 lines deleted...]
-    <mergeCell ref="G11:H11"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="eoLenrrWCZDnaLEzAwE71xq4s/vyFgoT+q2erb7+/4O6FOLh8Vzx10e3qrz+x8LEIc2RxpK4prLy6Q9/hZrrDA==" saltValue="Wu9lRAr4fAY+/xubdXjMPA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="55" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EB80E91-E165-CC4D-9839-C7A6DD9E178B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB8F20A8-16B4-BA4D-85E9-7259DBA49A29}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:J13"/>
+  <sheetViews>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
+  <cols>
+    <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="8" width="23.33203125" style="23" customWidth="1"/>
+    <col min="9" max="9" width="23.33203125" style="23" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="23.33203125" style="23" customWidth="1"/>
+    <col min="11" max="11" width="1.6640625" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="8.83203125" style="23"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:10" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>473</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+    </row>
+    <row r="2" spans="2:10" ht="17" thickBot="1"/>
+    <row r="3" spans="2:10" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+    </row>
+    <row r="4" spans="2:10" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:J4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 16, 1)</f>
+        <v>16</v>
+      </c>
+      <c r="G4" s="26">
+        <v>17</v>
+      </c>
+      <c r="H4" s="26">
+        <v>18</v>
+      </c>
+      <c r="I4" s="26">
+        <v>19</v>
+      </c>
+      <c r="J4" s="27">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="5" spans="2:10" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>41.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>44</v>
+      </c>
+      <c r="H5" s="79">
+        <v>46.5</v>
+      </c>
+      <c r="I5" s="79" t="s">
+        <v>455</v>
+      </c>
+      <c r="J5" s="81">
+        <v>51.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>16.25</v>
+      </c>
+      <c r="G6" s="28">
+        <v>17.25</v>
+      </c>
+      <c r="H6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="I6" s="28" t="s">
+        <v>455</v>
+      </c>
+      <c r="J6" s="29">
+        <v>20.25</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C9">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 16, 1)</f>
+        <v>16</v>
+      </c>
+      <c r="D7" s="26">
+        <v>41.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>16.25</v>
+      </c>
+      <c r="F7" s="37" t="s">
+        <v>449</v>
+      </c>
+      <c r="G7" s="83"/>
+      <c r="H7" s="83" t="s">
+        <v>450</v>
+      </c>
+      <c r="I7" s="83"/>
+      <c r="J7" s="84"/>
+    </row>
+    <row r="8" spans="2:10" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
+        <v>17</v>
+      </c>
+      <c r="D8" s="26">
+        <v>44</v>
+      </c>
+      <c r="E8" s="27">
+        <v>17.25</v>
+      </c>
+      <c r="F8" s="55"/>
+      <c r="G8" s="30" t="s">
+        <v>451</v>
+      </c>
+      <c r="H8" s="30"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="40"/>
+    </row>
+    <row r="9" spans="2:10" ht="59" customHeight="1" thickBot="1">
+      <c r="B9" s="103"/>
+      <c r="C9" s="28">
+        <v>18</v>
+      </c>
+      <c r="D9" s="28">
+        <v>46.5</v>
+      </c>
+      <c r="E9" s="29">
+        <v>18.25</v>
+      </c>
+      <c r="F9" s="86" t="s">
+        <v>452</v>
+      </c>
+      <c r="G9" s="28"/>
+      <c r="H9" s="28" t="s">
+        <v>453</v>
+      </c>
+      <c r="I9" s="28"/>
+      <c r="J9" s="29" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" ht="22">
+      <c r="J10" s="24" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="16" customHeight="1"/>
+    <row r="12" spans="2:10" ht="80" customHeight="1"/>
+    <row r="13" spans="2:10" ht="20" customHeight="1">
+      <c r="B13" s="31" t="s">
+        <v>500</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="HRyf0l/PvVt6JrSafoTnL5oftkIWDRYf8m9KNv+LB/eBZ9InwsDWcThKSKZIfHQPPG3+hExPt39jKEV3YKGO4g==" saltValue="ZPXTM5yzxa9c68D5ItaceQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B9"/>
+  </mergeCells>
+  <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:J9">
+    <cfRule type="containsBlanks" dxfId="1" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
+  <pageSetup paperSize="9" scale="87" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55CFD22B-00D0-CB47-BA4E-BB85F0EA6F28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:M18"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="4" width="4.83203125" style="23" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="13" width="21.5" style="23" customWidth="1"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="13" width="23.33203125" style="23" customWidth="1"/>
     <col min="14" max="14" width="1.6640625" style="23" customWidth="1"/>
     <col min="15" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="49">
-[...13 lines deleted...]
-      <c r="M1" s="112"/>
+    <row r="1" spans="2:13" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>472</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+      <c r="L1" s="74"/>
+      <c r="M1" s="74"/>
     </row>
     <row r="2" spans="2:13" ht="17" thickBot="1"/>
     <row r="3" spans="2:13" ht="28" customHeight="1">
-      <c r="B3" s="136"/>
-[...17 lines deleted...]
-      <c r="D4" s="142">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+      <c r="K3" s="69"/>
+      <c r="L3" s="69"/>
+      <c r="M3" s="69"/>
+    </row>
+    <row r="4" spans="2:13" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:M4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 13, 1)</f>
+        <v>13</v>
+      </c>
+      <c r="G4" s="26">
         <v>14</v>
       </c>
-      <c r="E4" s="142"/>
-      <c r="F4" s="30">
+      <c r="H4" s="26">
         <v>15</v>
       </c>
-      <c r="G4" s="124">
+      <c r="I4" s="26">
         <v>16</v>
       </c>
-      <c r="H4" s="125"/>
-      <c r="I4" s="30">
+      <c r="J4" s="26">
         <v>17</v>
       </c>
-      <c r="J4" s="30">
+      <c r="K4" s="26">
         <v>18</v>
       </c>
-      <c r="K4" s="49">
+      <c r="L4" s="26">
+        <v>19</v>
+      </c>
+      <c r="M4" s="27">
         <v>20</v>
       </c>
-      <c r="L4" s="30">
-[...7 lines deleted...]
-      <c r="B5" s="127" t="s">
+    </row>
+    <row r="5" spans="2:13" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="79">
+        <v>33</v>
+      </c>
+      <c r="G5" s="79">
+        <v>35.5</v>
+      </c>
+      <c r="H5" s="79">
+        <v>38</v>
+      </c>
+      <c r="I5" s="79">
+        <v>40.5</v>
+      </c>
+      <c r="J5" s="79">
+        <v>43</v>
+      </c>
+      <c r="K5" s="79">
+        <v>45.5</v>
+      </c>
+      <c r="L5" s="79">
+        <v>48.5</v>
+      </c>
+      <c r="M5" s="81">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="2:13" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="57">
+        <v>13</v>
+      </c>
+      <c r="G6" s="57">
+        <v>14</v>
+      </c>
+      <c r="H6" s="57">
+        <v>15</v>
+      </c>
+      <c r="I6" s="57">
+        <v>16</v>
+      </c>
+      <c r="J6" s="57">
+        <v>17</v>
+      </c>
+      <c r="K6" s="57">
+        <v>18</v>
+      </c>
+      <c r="L6" s="57">
+        <v>19</v>
+      </c>
+      <c r="M6" s="73">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="72">
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C14">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 13, 1)</f>
         <v>13</v>
       </c>
-      <c r="D5" s="162"/>
-[...12 lines deleted...]
-      <c r="C6" s="27">
+      <c r="D7" s="66">
+        <v>33</v>
+      </c>
+      <c r="E7" s="51">
+        <v>13</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>201</v>
+      </c>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="70"/>
+      <c r="K7" s="70"/>
+      <c r="L7" s="70"/>
+      <c r="M7" s="71"/>
+    </row>
+    <row r="8" spans="2:13" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>14</v>
       </c>
-      <c r="D6" s="161"/>
-[...12 lines deleted...]
-      <c r="C7" s="27">
+      <c r="D8" s="79">
+        <v>35.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>14</v>
+      </c>
+      <c r="F8" s="59"/>
+      <c r="G8" s="30" t="s">
+        <v>456</v>
+      </c>
+      <c r="H8" s="30"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="30"/>
+      <c r="K8" s="30"/>
+      <c r="L8" s="30"/>
+      <c r="M8" s="40"/>
+    </row>
+    <row r="9" spans="2:13" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>15</v>
       </c>
-      <c r="D7" s="161"/>
-[...12 lines deleted...]
-      <c r="C8" s="27">
+      <c r="D9" s="26">
+        <v>38</v>
+      </c>
+      <c r="E9" s="27">
+        <v>15</v>
+      </c>
+      <c r="F9" s="34" t="s">
+        <v>202</v>
+      </c>
+      <c r="G9" s="30"/>
+      <c r="H9" s="30" t="s">
+        <v>457</v>
+      </c>
+      <c r="I9" s="30"/>
+      <c r="J9" s="30"/>
+      <c r="K9" s="30"/>
+      <c r="L9" s="30"/>
+      <c r="M9" s="40"/>
+    </row>
+    <row r="10" spans="2:13" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
         <v>16</v>
       </c>
-      <c r="D8" s="161"/>
-[...16 lines deleted...]
-      <c r="C9" s="27">
+      <c r="D10" s="26">
+        <v>40.5</v>
+      </c>
+      <c r="E10" s="27">
+        <v>16</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30" t="s">
+        <v>458</v>
+      </c>
+      <c r="H10" s="30"/>
+      <c r="I10" s="30" t="s">
+        <v>459</v>
+      </c>
+      <c r="J10" s="30"/>
+      <c r="K10" s="30" t="s">
+        <v>460</v>
+      </c>
+      <c r="L10" s="30"/>
+      <c r="M10" s="40"/>
+    </row>
+    <row r="11" spans="2:13" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
         <v>17</v>
       </c>
-      <c r="D9" s="161"/>
-[...14 lines deleted...]
-      <c r="C10" s="27">
+      <c r="D11" s="26">
+        <v>43</v>
+      </c>
+      <c r="E11" s="27">
+        <v>17</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30" t="s">
+        <v>461</v>
+      </c>
+      <c r="I11" s="30"/>
+      <c r="J11" s="30" t="s">
+        <v>462</v>
+      </c>
+      <c r="K11" s="30"/>
+      <c r="L11" s="30" t="s">
+        <v>463</v>
+      </c>
+      <c r="M11" s="40" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="12" spans="2:13" ht="59" customHeight="1">
+      <c r="B12" s="102"/>
+      <c r="C12" s="26">
         <v>18</v>
       </c>
-      <c r="D10" s="161"/>
-[...18 lines deleted...]
-      <c r="C11" s="27">
+      <c r="D12" s="26">
+        <v>45.5</v>
+      </c>
+      <c r="E12" s="27">
+        <v>18</v>
+      </c>
+      <c r="F12" s="78"/>
+      <c r="G12" s="79"/>
+      <c r="H12" s="79"/>
+      <c r="I12" s="79" t="s">
+        <v>465</v>
+      </c>
+      <c r="J12" s="79" t="s">
+        <v>466</v>
+      </c>
+      <c r="K12" s="79" t="s">
+        <v>467</v>
+      </c>
+      <c r="L12" s="79"/>
+      <c r="M12" s="81" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="13" spans="2:13" ht="59" customHeight="1">
+      <c r="B13" s="102"/>
+      <c r="C13" s="26">
         <v>19</v>
       </c>
-      <c r="D11" s="161"/>
-[...12 lines deleted...]
-      <c r="C12" s="27">
+      <c r="D13" s="26">
+        <v>48.5</v>
+      </c>
+      <c r="E13" s="27">
+        <v>19</v>
+      </c>
+      <c r="F13" s="78"/>
+      <c r="G13" s="79"/>
+      <c r="H13" s="79"/>
+      <c r="I13" s="79"/>
+      <c r="J13" s="79"/>
+      <c r="K13" s="79"/>
+      <c r="L13" s="79" t="s">
+        <v>469</v>
+      </c>
+      <c r="M13" s="81"/>
+    </row>
+    <row r="14" spans="2:13" ht="59" customHeight="1" thickBot="1">
+      <c r="B14" s="103"/>
+      <c r="C14" s="28">
         <v>20</v>
       </c>
-      <c r="D12" s="161"/>
-[...40 lines deleted...]
-      <c r="M14" s="84"/>
+      <c r="D14" s="28">
+        <v>51</v>
+      </c>
+      <c r="E14" s="29">
+        <v>20</v>
+      </c>
+      <c r="F14" s="72"/>
+      <c r="G14" s="57"/>
+      <c r="H14" s="57"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57" t="s">
+        <v>470</v>
+      </c>
+      <c r="K14" s="57" t="s">
+        <v>471</v>
+      </c>
+      <c r="L14" s="57"/>
+      <c r="M14" s="73"/>
     </row>
     <row r="15" spans="2:13" ht="22">
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
       <c r="M15" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:13" ht="80" customHeight="1">
-[...10 lines deleted...]
-      <c r="M18" s="50"/>
+    <row r="16" spans="2:13" ht="16" customHeight="1"/>
+    <row r="17" spans="2:2" ht="80" customHeight="1"/>
+    <row r="18" spans="2:2" ht="20" customHeight="1">
+      <c r="B18" s="31" t="s">
+        <v>499</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="k4EKjpk7svQowbHicd/9L01RuE+pDVocv29uKdx3LAJaqSCEddYigiosmM+PRm0ysRIwW8vr0/lD/LjO1A9sSg==" saltValue="nGlD0MdJ1/t76PP4S8+M7w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...26 lines deleted...]
-    <mergeCell ref="D11:E11"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="BRKsyFlnU2J1WBJ9hdh6hmJKlZPBNiRFrVYyt5REeq4UKra/RlM1HXOpJ3oN9FAJKFz31CFklWyRsnONoyvSRQ==" saltValue="fe2dOhnVDvfMb/mD93skuA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B14"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:M14">
+    <cfRule type="containsBlanks" dxfId="0" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
-[...311 lines deleted...]
-  <pageSetup paperSize="9" scale="73" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="54" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF27995D-CD92-9D46-906D-90DDB4F456E5}">
   <dimension ref="A1:N216"/>
   <sheetViews>
     <sheetView zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="2" width="3.5" customWidth="1"/>
     <col min="3" max="3" width="4.6640625" customWidth="1"/>
     <col min="4" max="15" width="15.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>66</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="200" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="201"/>
-[...10 lines deleted...]
-      <c r="N2" s="202"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="139"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="203" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="203"/>
+      <c r="C3" s="140"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="203" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="203"/>
+      <c r="C4" s="140"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="204" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="141" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="205"/>
+      <c r="C5" s="142"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="188" t="s">
+      <c r="A6" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="191" t="s">
+      <c r="B6" s="128" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="194">
+      <c r="C6" s="131">
         <v>6</v>
       </c>
-      <c r="D6" s="195"/>
+      <c r="D6" s="132"/>
       <c r="E6" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="F6" s="186"/>
-[...7 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="189"/>
-[...2 lines deleted...]
-      <c r="D7" s="182"/>
+      <c r="A7" s="126"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="113"/>
+      <c r="D7" s="119"/>
       <c r="E7" s="13">
         <v>47000</v>
       </c>
-      <c r="F7" s="184"/>
-[...7 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="189"/>
-[...1 lines deleted...]
-      <c r="C8" s="176">
+      <c r="A8" s="126"/>
+      <c r="B8" s="129"/>
+      <c r="C8" s="113">
         <v>7</v>
       </c>
-      <c r="D8" s="178"/>
+      <c r="D8" s="115"/>
       <c r="E8" s="14" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="H8" s="172"/>
-[...5 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="189"/>
-[...2 lines deleted...]
-      <c r="D9" s="182"/>
+      <c r="A9" s="126"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="119"/>
       <c r="E9" s="13">
         <v>47000</v>
       </c>
       <c r="F9" s="12">
         <v>47000</v>
       </c>
       <c r="G9" s="12">
         <v>47000</v>
       </c>
-      <c r="H9" s="184"/>
-[...5 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="189"/>
-[...1 lines deleted...]
-      <c r="C10" s="176">
+      <c r="A10" s="126"/>
+      <c r="B10" s="129"/>
+      <c r="C10" s="113">
         <v>8</v>
       </c>
-      <c r="D10" s="178"/>
-      <c r="E10" s="172"/>
+      <c r="D10" s="115"/>
+      <c r="E10" s="109"/>
       <c r="F10" s="3" t="s">
         <v>243</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>46</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>60</v>
       </c>
       <c r="M10" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="N10" s="174"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="189"/>
-[...3 lines deleted...]
-      <c r="E11" s="184"/>
+      <c r="A11" s="126"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="119"/>
+      <c r="E11" s="121"/>
       <c r="F11" s="12">
         <v>47000</v>
       </c>
       <c r="G11" s="12">
         <v>47000</v>
       </c>
       <c r="H11" s="12">
         <v>47000</v>
       </c>
       <c r="I11" s="12">
         <v>47000</v>
       </c>
       <c r="J11" s="12">
         <v>47000</v>
       </c>
       <c r="K11" s="12">
         <v>71000</v>
       </c>
       <c r="L11" s="12">
         <v>71000</v>
       </c>
       <c r="M11" s="12">
         <v>71000</v>
       </c>
-      <c r="N11" s="185"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="189"/>
-[...1 lines deleted...]
-      <c r="C12" s="176">
+      <c r="A12" s="126"/>
+      <c r="B12" s="129"/>
+      <c r="C12" s="113">
         <v>9</v>
       </c>
-      <c r="D12" s="180"/>
-      <c r="E12" s="180"/>
+      <c r="D12" s="117"/>
+      <c r="E12" s="117"/>
       <c r="F12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>47</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M12" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="N12" s="174"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="189"/>
-[...3 lines deleted...]
-      <c r="E13" s="183"/>
+      <c r="A13" s="126"/>
+      <c r="B13" s="129"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="120"/>
       <c r="F13" s="12">
         <v>47000</v>
       </c>
       <c r="G13" s="12">
         <v>47000</v>
       </c>
       <c r="H13" s="12">
         <v>47000</v>
       </c>
       <c r="I13" s="12">
         <v>47000</v>
       </c>
       <c r="J13" s="12">
         <v>47000</v>
       </c>
       <c r="K13" s="12">
         <v>71000</v>
       </c>
       <c r="L13" s="12">
         <v>71000</v>
       </c>
       <c r="M13" s="12">
         <v>71000</v>
       </c>
-      <c r="N13" s="185"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="189"/>
-[...1 lines deleted...]
-      <c r="C14" s="176">
+      <c r="A14" s="126"/>
+      <c r="B14" s="129"/>
+      <c r="C14" s="113">
         <v>10</v>
       </c>
-      <c r="D14" s="178"/>
-      <c r="E14" s="180"/>
+      <c r="D14" s="115"/>
+      <c r="E14" s="117"/>
       <c r="F14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>41</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>48</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>54</v>
       </c>
       <c r="M14" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="N14" s="174"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="189"/>
-[...3 lines deleted...]
-      <c r="E15" s="183"/>
+      <c r="A15" s="126"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="119"/>
+      <c r="E15" s="120"/>
       <c r="F15" s="12">
         <v>47000</v>
       </c>
       <c r="G15" s="12">
         <v>47000</v>
       </c>
       <c r="H15" s="12">
         <v>47000</v>
       </c>
       <c r="I15" s="12">
         <v>47000</v>
       </c>
       <c r="J15" s="12">
         <v>47000</v>
       </c>
       <c r="K15" s="12">
         <v>71000</v>
       </c>
       <c r="L15" s="12">
         <v>71000</v>
       </c>
       <c r="M15" s="12">
         <v>71000</v>
       </c>
-      <c r="N15" s="185"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="189"/>
-[...1 lines deleted...]
-      <c r="C16" s="176">
+      <c r="A16" s="126"/>
+      <c r="B16" s="129"/>
+      <c r="C16" s="113">
         <v>11</v>
       </c>
-      <c r="D16" s="178"/>
-[...2 lines deleted...]
-      <c r="G16" s="172"/>
+      <c r="D16" s="115"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
       <c r="H16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>49</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M16" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="N16" s="174"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="189"/>
-[...5 lines deleted...]
-      <c r="G17" s="184"/>
+      <c r="A17" s="126"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="119"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
       <c r="H17" s="12">
         <v>47000</v>
       </c>
       <c r="I17" s="12">
         <v>47000</v>
       </c>
       <c r="J17" s="12">
         <v>47000</v>
       </c>
       <c r="K17" s="12">
         <v>71000</v>
       </c>
       <c r="L17" s="12">
         <v>71000</v>
       </c>
       <c r="M17" s="12">
         <v>71000</v>
       </c>
-      <c r="N17" s="185"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="189"/>
-[...1 lines deleted...]
-      <c r="C18" s="176">
+      <c r="A18" s="126"/>
+      <c r="B18" s="129"/>
+      <c r="C18" s="113">
         <v>12</v>
       </c>
-      <c r="D18" s="178"/>
-[...2 lines deleted...]
-      <c r="G18" s="172"/>
+      <c r="D18" s="115"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
       <c r="H18" s="3" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M18" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="N18" s="174"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="189"/>
-[...5 lines deleted...]
-      <c r="G19" s="184"/>
+      <c r="A19" s="126"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="119"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
       <c r="H19" s="12">
         <v>47000</v>
       </c>
       <c r="I19" s="12">
         <v>47000</v>
       </c>
       <c r="J19" s="12">
         <v>47000</v>
       </c>
       <c r="K19" s="12">
         <v>71000</v>
       </c>
       <c r="L19" s="12">
         <v>71000</v>
       </c>
       <c r="M19" s="12">
         <v>71000</v>
       </c>
-      <c r="N19" s="185"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="189"/>
-[...1 lines deleted...]
-      <c r="C20" s="176">
+      <c r="A20" s="126"/>
+      <c r="B20" s="129"/>
+      <c r="C20" s="113">
         <v>13</v>
       </c>
-      <c r="D20" s="178"/>
-[...3 lines deleted...]
-      <c r="H20" s="172"/>
+      <c r="D20" s="115"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
       <c r="I20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="3" t="s">
         <v>51</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>57</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="N20" s="174"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="189"/>
-[...6 lines deleted...]
-      <c r="H21" s="184"/>
+      <c r="A21" s="126"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="119"/>
+      <c r="E21" s="120"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
       <c r="I21" s="12">
         <v>47000</v>
       </c>
       <c r="J21" s="12">
         <v>47000</v>
       </c>
       <c r="K21" s="12">
         <v>71000</v>
       </c>
       <c r="L21" s="12">
         <v>71000</v>
       </c>
       <c r="M21" s="12">
         <v>71000</v>
       </c>
-      <c r="N21" s="185"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="189"/>
-[...1 lines deleted...]
-      <c r="C22" s="176">
+      <c r="A22" s="126"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="113">
         <v>14</v>
       </c>
-      <c r="D22" s="178"/>
-[...4 lines deleted...]
-      <c r="I22" s="172"/>
+      <c r="D22" s="115"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
       <c r="J22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="M22" s="172"/>
-      <c r="N22" s="174"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="190"/>
-[...7 lines deleted...]
-      <c r="I23" s="173"/>
+      <c r="A23" s="127"/>
+      <c r="B23" s="130"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="116"/>
+      <c r="E23" s="118"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
       <c r="J23" s="15">
         <v>47000</v>
       </c>
       <c r="K23" s="15">
         <v>71000</v>
       </c>
       <c r="L23" s="15">
         <v>71000</v>
       </c>
-      <c r="M23" s="173"/>
-      <c r="N23" s="175"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
     <row r="196" ht="18.75" customHeight="1"/>
     <row r="216" ht="18.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="68">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="A6:A23"/>
     <mergeCell ref="B6:B23"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="C10:C11"/>
     <mergeCell ref="D10:D11"/>
     <mergeCell ref="E10:E11"/>
     <mergeCell ref="C16:C17"/>
     <mergeCell ref="C14:C15"/>
     <mergeCell ref="D14:D15"/>
     <mergeCell ref="D16:D17"/>
     <mergeCell ref="E16:E17"/>
     <mergeCell ref="F16:F17"/>
@@ -8543,546 +8053,546 @@
     <mergeCell ref="N22:N23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="H22:H23"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8E7C547-2A9E-9A4B-8BE1-10FE0B0003C6}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>67</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="200" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="201"/>
-[...10 lines deleted...]
-      <c r="N2" s="202"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="139"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="203" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="203"/>
+      <c r="C3" s="140"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="203" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="203"/>
+      <c r="C4" s="140"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="204" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="141" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="205"/>
+      <c r="C5" s="142"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="188" t="s">
+      <c r="A6" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="191" t="s">
+      <c r="B6" s="128" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="194">
+      <c r="C6" s="131">
         <v>6</v>
       </c>
-      <c r="D6" s="206"/>
-[...9 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="D6" s="143"/>
+      <c r="E6" s="143"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="189"/>
-[...12 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="A7" s="126"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="113"/>
+      <c r="D7" s="120"/>
+      <c r="E7" s="120"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="189"/>
-[...1 lines deleted...]
-      <c r="C8" s="176">
+      <c r="A8" s="126"/>
+      <c r="B8" s="129"/>
+      <c r="C8" s="113">
         <v>7</v>
       </c>
-      <c r="D8" s="178"/>
-      <c r="E8" s="180"/>
+      <c r="D8" s="115"/>
+      <c r="E8" s="117"/>
       <c r="F8" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="G8" s="180"/>
-[...6 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="G8" s="117"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="189"/>
-[...3 lines deleted...]
-      <c r="E9" s="183"/>
+      <c r="A9" s="126"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="119"/>
+      <c r="E9" s="120"/>
       <c r="F9" s="12">
         <v>47000</v>
       </c>
-      <c r="G9" s="183"/>
-[...6 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="G9" s="120"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="189"/>
-[...1 lines deleted...]
-      <c r="C10" s="176">
+      <c r="A10" s="126"/>
+      <c r="B10" s="129"/>
+      <c r="C10" s="113">
         <v>8</v>
       </c>
-      <c r="D10" s="180"/>
-      <c r="E10" s="180"/>
+      <c r="D10" s="117"/>
+      <c r="E10" s="117"/>
       <c r="F10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="H10" s="172"/>
-[...5 lines deleted...]
-      <c r="N10" s="174"/>
+      <c r="H10" s="109"/>
+      <c r="I10" s="109"/>
+      <c r="J10" s="109"/>
+      <c r="K10" s="109"/>
+      <c r="L10" s="109"/>
+      <c r="M10" s="109"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="189"/>
-[...3 lines deleted...]
-      <c r="E11" s="183"/>
+      <c r="A11" s="126"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="120"/>
+      <c r="E11" s="120"/>
       <c r="F11" s="12">
         <v>47000</v>
       </c>
       <c r="G11" s="12">
         <v>47000</v>
       </c>
-      <c r="H11" s="184"/>
-[...5 lines deleted...]
-      <c r="N11" s="185"/>
+      <c r="H11" s="121"/>
+      <c r="I11" s="121"/>
+      <c r="J11" s="121"/>
+      <c r="K11" s="121"/>
+      <c r="L11" s="121"/>
+      <c r="M11" s="121"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="189"/>
-[...1 lines deleted...]
-      <c r="C12" s="176">
+      <c r="A12" s="126"/>
+      <c r="B12" s="129"/>
+      <c r="C12" s="113">
         <v>9</v>
       </c>
-      <c r="D12" s="180"/>
-[...1 lines deleted...]
-      <c r="F12" s="180"/>
+      <c r="D12" s="117"/>
+      <c r="E12" s="117"/>
+      <c r="F12" s="117"/>
       <c r="G12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="J12" s="172"/>
-[...3 lines deleted...]
-      <c r="N12" s="174"/>
+      <c r="J12" s="109"/>
+      <c r="K12" s="109"/>
+      <c r="L12" s="109"/>
+      <c r="M12" s="109"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="189"/>
-[...4 lines deleted...]
-      <c r="F13" s="183"/>
+      <c r="A13" s="126"/>
+      <c r="B13" s="129"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="120"/>
+      <c r="F13" s="120"/>
       <c r="G13" s="12">
         <v>47000</v>
       </c>
       <c r="H13" s="12">
         <v>47000</v>
       </c>
       <c r="I13" s="12">
         <v>47000</v>
       </c>
-      <c r="J13" s="184"/>
-[...3 lines deleted...]
-      <c r="N13" s="185"/>
+      <c r="J13" s="121"/>
+      <c r="K13" s="121"/>
+      <c r="L13" s="121"/>
+      <c r="M13" s="121"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="189"/>
-[...1 lines deleted...]
-      <c r="C14" s="176">
+      <c r="A14" s="126"/>
+      <c r="B14" s="129"/>
+      <c r="C14" s="113">
         <v>10</v>
       </c>
-      <c r="D14" s="180"/>
-[...2 lines deleted...]
-      <c r="G14" s="180"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
+      <c r="G14" s="117"/>
       <c r="H14" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="J14" s="172"/>
-[...3 lines deleted...]
-      <c r="N14" s="174"/>
+      <c r="J14" s="109"/>
+      <c r="K14" s="109"/>
+      <c r="L14" s="109"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="189"/>
-[...5 lines deleted...]
-      <c r="G15" s="183"/>
+      <c r="A15" s="126"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="120"/>
+      <c r="F15" s="120"/>
+      <c r="G15" s="120"/>
       <c r="H15" s="12">
         <v>47000</v>
       </c>
       <c r="I15" s="12">
         <v>47000</v>
       </c>
-      <c r="J15" s="184"/>
-[...3 lines deleted...]
-      <c r="N15" s="185"/>
+      <c r="J15" s="121"/>
+      <c r="K15" s="121"/>
+      <c r="L15" s="121"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="189"/>
-[...1 lines deleted...]
-      <c r="C16" s="176">
+      <c r="A16" s="126"/>
+      <c r="B16" s="129"/>
+      <c r="C16" s="113">
         <v>11</v>
       </c>
-      <c r="D16" s="180"/>
-[...9 lines deleted...]
-      <c r="N16" s="174"/>
+      <c r="D16" s="117"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
+      <c r="H16" s="109"/>
+      <c r="I16" s="109"/>
+      <c r="J16" s="109"/>
+      <c r="K16" s="109"/>
+      <c r="L16" s="109"/>
+      <c r="M16" s="109"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="189"/>
-[...12 lines deleted...]
-      <c r="N17" s="185"/>
+      <c r="A17" s="126"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
+      <c r="I17" s="121"/>
+      <c r="J17" s="121"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="121"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="189"/>
-[...1 lines deleted...]
-      <c r="C18" s="176">
+      <c r="A18" s="126"/>
+      <c r="B18" s="129"/>
+      <c r="C18" s="113">
         <v>12</v>
       </c>
-      <c r="D18" s="180"/>
-[...9 lines deleted...]
-      <c r="N18" s="174"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
+      <c r="H18" s="109"/>
+      <c r="I18" s="109"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
+      <c r="L18" s="109"/>
+      <c r="M18" s="109"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="189"/>
-[...12 lines deleted...]
-      <c r="N19" s="185"/>
+      <c r="A19" s="126"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="189"/>
-[...1 lines deleted...]
-      <c r="C20" s="176">
+      <c r="A20" s="126"/>
+      <c r="B20" s="129"/>
+      <c r="C20" s="113">
         <v>13</v>
       </c>
-      <c r="D20" s="180"/>
-[...9 lines deleted...]
-      <c r="N20" s="174"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="189"/>
-[...12 lines deleted...]
-      <c r="N21" s="185"/>
+      <c r="A21" s="126"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="120"/>
+      <c r="E21" s="120"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
+      <c r="K21" s="121"/>
+      <c r="L21" s="121"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="189"/>
-[...1 lines deleted...]
-      <c r="C22" s="176">
+      <c r="A22" s="126"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="113">
         <v>14</v>
       </c>
-      <c r="D22" s="180"/>
-[...9 lines deleted...]
-      <c r="N22" s="174"/>
+      <c r="D22" s="117"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
+      <c r="J22" s="109"/>
+      <c r="K22" s="109"/>
+      <c r="L22" s="109"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="190"/>
-[...12 lines deleted...]
-      <c r="N23" s="175"/>
+      <c r="A23" s="127"/>
+      <c r="B23" s="130"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="118"/>
+      <c r="E23" s="118"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
+      <c r="J23" s="110"/>
+      <c r="K23" s="110"/>
+      <c r="L23" s="110"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="108">
     <mergeCell ref="L22:L23"/>
     <mergeCell ref="M22:M23"/>
     <mergeCell ref="N22:N23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="J22:J23"/>
     <mergeCell ref="K22:K23"/>
     <mergeCell ref="L18:L19"/>
     <mergeCell ref="M18:M19"/>
     <mergeCell ref="N18:N19"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="J20:J21"/>
     <mergeCell ref="K20:K21"/>
     <mergeCell ref="L20:L21"/>
     <mergeCell ref="M20:M21"/>
@@ -9168,594 +8678,594 @@
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AFF556D-ABB5-584D-A857-ACAD1C66475B}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>77</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="200" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="201"/>
-[...10 lines deleted...]
-      <c r="N2" s="202"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="139"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="203" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="203"/>
+      <c r="C3" s="140"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="203" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="203"/>
+      <c r="C4" s="140"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="204" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="141" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="205"/>
+      <c r="C5" s="142"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="188" t="s">
+      <c r="A6" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="191" t="s">
+      <c r="B6" s="128" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="194">
+      <c r="C6" s="131">
         <v>6</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>78</v>
       </c>
       <c r="E6" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="F6" s="186"/>
-[...7 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="189"/>
-[...1 lines deleted...]
-      <c r="C7" s="176"/>
+      <c r="A7" s="126"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="113"/>
       <c r="D7" s="18">
         <v>47000</v>
       </c>
       <c r="E7" s="12">
         <v>47000</v>
       </c>
-      <c r="F7" s="184"/>
-[...7 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="189"/>
-[...1 lines deleted...]
-      <c r="C8" s="176">
+      <c r="A8" s="126"/>
+      <c r="B8" s="129"/>
+      <c r="C8" s="113">
         <v>7</v>
       </c>
-      <c r="D8" s="180"/>
+      <c r="D8" s="117"/>
       <c r="E8" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="H8" s="172"/>
-[...5 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="189"/>
-[...2 lines deleted...]
-      <c r="D9" s="183"/>
+      <c r="A9" s="126"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="120"/>
       <c r="E9" s="12">
         <v>47000</v>
       </c>
       <c r="F9" s="12">
         <v>47000</v>
       </c>
       <c r="G9" s="12">
         <v>47000</v>
       </c>
-      <c r="H9" s="184"/>
-[...5 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="189"/>
-[...1 lines deleted...]
-      <c r="C10" s="176">
+      <c r="A10" s="126"/>
+      <c r="B10" s="129"/>
+      <c r="C10" s="113">
         <v>8</v>
       </c>
-      <c r="D10" s="180"/>
-      <c r="E10" s="180"/>
+      <c r="D10" s="117"/>
+      <c r="E10" s="117"/>
       <c r="F10" s="3" t="s">
         <v>82</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>84</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>87</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="J10" s="172"/>
-[...3 lines deleted...]
-      <c r="N10" s="174"/>
+      <c r="J10" s="109"/>
+      <c r="K10" s="109"/>
+      <c r="L10" s="109"/>
+      <c r="M10" s="109"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="189"/>
-[...3 lines deleted...]
-      <c r="E11" s="183"/>
+      <c r="A11" s="126"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="120"/>
+      <c r="E11" s="120"/>
       <c r="F11" s="12">
         <v>47000</v>
       </c>
       <c r="G11" s="12">
         <v>47000</v>
       </c>
       <c r="H11" s="12">
         <v>47000</v>
       </c>
       <c r="I11" s="12">
         <v>47000</v>
       </c>
-      <c r="J11" s="184"/>
-[...3 lines deleted...]
-      <c r="N11" s="185"/>
+      <c r="J11" s="121"/>
+      <c r="K11" s="121"/>
+      <c r="L11" s="121"/>
+      <c r="M11" s="121"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="189"/>
-[...1 lines deleted...]
-      <c r="C12" s="176">
+      <c r="A12" s="126"/>
+      <c r="B12" s="129"/>
+      <c r="C12" s="113">
         <v>9</v>
       </c>
-      <c r="D12" s="180"/>
-      <c r="E12" s="180"/>
+      <c r="D12" s="117"/>
+      <c r="E12" s="117"/>
       <c r="F12" s="3" t="s">
         <v>83</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>85</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>92</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="K12" s="172"/>
-[...2 lines deleted...]
-      <c r="N12" s="174"/>
+      <c r="K12" s="109"/>
+      <c r="L12" s="109"/>
+      <c r="M12" s="109"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="189"/>
-[...3 lines deleted...]
-      <c r="E13" s="183"/>
+      <c r="A13" s="126"/>
+      <c r="B13" s="129"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="120"/>
       <c r="F13" s="12">
         <v>47000</v>
       </c>
       <c r="G13" s="12">
         <v>47000</v>
       </c>
       <c r="H13" s="12">
         <v>47000</v>
       </c>
       <c r="I13" s="12">
         <v>47000</v>
       </c>
       <c r="J13" s="12">
         <v>47000</v>
       </c>
-      <c r="K13" s="184"/>
-[...2 lines deleted...]
-      <c r="N13" s="185"/>
+      <c r="K13" s="121"/>
+      <c r="L13" s="121"/>
+      <c r="M13" s="121"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="189"/>
-[...1 lines deleted...]
-      <c r="C14" s="176">
+      <c r="A14" s="126"/>
+      <c r="B14" s="129"/>
+      <c r="C14" s="113">
         <v>10</v>
       </c>
-      <c r="D14" s="180"/>
-[...1 lines deleted...]
-      <c r="F14" s="180"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
       <c r="G14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>89</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="K14" s="172"/>
-[...2 lines deleted...]
-      <c r="N14" s="174"/>
+      <c r="K14" s="109"/>
+      <c r="L14" s="109"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="189"/>
-[...4 lines deleted...]
-      <c r="F15" s="183"/>
+      <c r="A15" s="126"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="120"/>
+      <c r="F15" s="120"/>
       <c r="G15" s="12">
         <v>47000</v>
       </c>
       <c r="H15" s="12">
         <v>47000</v>
       </c>
       <c r="I15" s="12">
         <v>47000</v>
       </c>
       <c r="J15" s="12">
         <v>47000</v>
       </c>
-      <c r="K15" s="184"/>
-[...2 lines deleted...]
-      <c r="N15" s="185"/>
+      <c r="K15" s="121"/>
+      <c r="L15" s="121"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="189"/>
-[...1 lines deleted...]
-      <c r="C16" s="176">
+      <c r="A16" s="126"/>
+      <c r="B16" s="129"/>
+      <c r="C16" s="113">
         <v>11</v>
       </c>
-      <c r="D16" s="180"/>
-[...2 lines deleted...]
-      <c r="G16" s="172"/>
+      <c r="D16" s="117"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
       <c r="H16" s="3" t="s">
         <v>90</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="J16" s="172"/>
-[...3 lines deleted...]
-      <c r="N16" s="174"/>
+      <c r="J16" s="109"/>
+      <c r="K16" s="109"/>
+      <c r="L16" s="109"/>
+      <c r="M16" s="109"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="189"/>
-[...5 lines deleted...]
-      <c r="G17" s="184"/>
+      <c r="A17" s="126"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
       <c r="H17" s="12">
         <v>47000</v>
       </c>
       <c r="I17" s="12">
         <v>47000</v>
       </c>
-      <c r="J17" s="184"/>
-[...3 lines deleted...]
-      <c r="N17" s="185"/>
+      <c r="J17" s="121"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="121"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="189"/>
-[...1 lines deleted...]
-      <c r="C18" s="176">
+      <c r="A18" s="126"/>
+      <c r="B18" s="129"/>
+      <c r="C18" s="113">
         <v>12</v>
       </c>
-      <c r="D18" s="180"/>
-[...9 lines deleted...]
-      <c r="N18" s="174"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
+      <c r="H18" s="109"/>
+      <c r="I18" s="109"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
+      <c r="L18" s="109"/>
+      <c r="M18" s="109"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="189"/>
-[...12 lines deleted...]
-      <c r="N19" s="185"/>
+      <c r="A19" s="126"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="189"/>
-[...1 lines deleted...]
-      <c r="C20" s="176">
+      <c r="A20" s="126"/>
+      <c r="B20" s="129"/>
+      <c r="C20" s="113">
         <v>13</v>
       </c>
-      <c r="D20" s="180"/>
-[...9 lines deleted...]
-      <c r="N20" s="174"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="189"/>
-[...12 lines deleted...]
-      <c r="N21" s="185"/>
+      <c r="A21" s="126"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="120"/>
+      <c r="E21" s="120"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
+      <c r="K21" s="121"/>
+      <c r="L21" s="121"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="189"/>
-[...1 lines deleted...]
-      <c r="C22" s="176">
+      <c r="A22" s="126"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="113">
         <v>14</v>
       </c>
-      <c r="D22" s="180"/>
-[...9 lines deleted...]
-      <c r="N22" s="174"/>
+      <c r="D22" s="117"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
+      <c r="J22" s="109"/>
+      <c r="K22" s="109"/>
+      <c r="L22" s="109"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="190"/>
-[...12 lines deleted...]
-      <c r="N23" s="175"/>
+      <c r="A23" s="127"/>
+      <c r="B23" s="130"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="118"/>
+      <c r="E23" s="118"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
+      <c r="J23" s="110"/>
+      <c r="K23" s="110"/>
+      <c r="L23" s="110"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="96">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="C10:C11"/>
     <mergeCell ref="A6:A23"/>
     <mergeCell ref="B6:B23"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="N8:N9"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="M6:M7"/>
@@ -9819,1105 +9329,989 @@
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="J20:J21"/>
     <mergeCell ref="K20:K21"/>
     <mergeCell ref="L20:L21"/>
     <mergeCell ref="M20:M21"/>
     <mergeCell ref="N22:N23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="J22:J23"/>
     <mergeCell ref="K22:K23"/>
     <mergeCell ref="L22:L23"/>
     <mergeCell ref="M22:M23"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{825EE5CF-8A48-014E-AA64-047E239EF85A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E7E0830-BCFC-944B-90E2-5D432BDF8D5E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:J16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="10" width="23.33203125" style="23" customWidth="1"/>
+    <col min="11" max="11" width="1.6640625" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...43 lines deleted...]
-      <c r="F4" s="26">
+    <row r="1" spans="2:10" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>302</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+    </row>
+    <row r="2" spans="2:10" ht="17" thickBot="1"/>
+    <row r="3" spans="2:10" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+    </row>
+    <row r="4" spans="2:10" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:J4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 6, 1)</f>
         <v>6</v>
       </c>
       <c r="G4" s="26">
         <v>7</v>
       </c>
       <c r="H4" s="26">
         <v>8</v>
       </c>
       <c r="I4" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="J4" s="27">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+    </row>
+    <row r="5" spans="2:10" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>32.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>36.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>41</v>
+      </c>
+      <c r="I5" s="26">
+        <v>45</v>
+      </c>
+      <c r="J5" s="27">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>12.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>14.5</v>
+      </c>
+      <c r="H6" s="28">
+        <v>16</v>
+      </c>
+      <c r="I6" s="28">
+        <v>17.75</v>
+      </c>
+      <c r="J6" s="29">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
+        <v>6</v>
+      </c>
+      <c r="D7" s="66">
+        <v>30</v>
+      </c>
+      <c r="E7" s="51">
+        <v>11.75</v>
+      </c>
+      <c r="F7" s="60"/>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="71"/>
+    </row>
+    <row r="8" spans="2:10" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
+        <v>7</v>
+      </c>
+      <c r="D8" s="26">
+        <v>34.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.5</v>
+      </c>
+      <c r="F8" s="59"/>
+      <c r="G8" s="30" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" s="30"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="40"/>
+    </row>
+    <row r="9" spans="2:10" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
+        <v>8</v>
+      </c>
+      <c r="D9" s="26">
+        <v>38.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>15.25</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" s="30"/>
+      <c r="J9" s="40"/>
+    </row>
+    <row r="10" spans="2:10" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
+        <v>9</v>
+      </c>
+      <c r="D10" s="26">
+        <v>43</v>
+      </c>
+      <c r="E10" s="27">
+        <v>17</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30"/>
+      <c r="H10" s="30" t="s">
+        <v>72</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="J10" s="40" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
+        <v>10</v>
+      </c>
+      <c r="D11" s="26">
+        <v>47</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.5</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30"/>
+      <c r="I11" s="30" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" s="40" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="103"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...261 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>51.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20.25</v>
+      </c>
+      <c r="F12" s="72"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57"/>
+      <c r="J12" s="73"/>
+    </row>
+    <row r="13" spans="2:10" ht="22">
+      <c r="J13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="14" spans="2:10" ht="16" customHeight="1"/>
+    <row r="15" spans="2:10" ht="80" customHeight="1"/>
+    <row r="16" spans="2:10" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>484</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="pGtCiKTNFS6kLvqlir2Dx0VHokstH9r2MyRwntC4JJ58uI1iP0pSLrewfRsn6hjqZk2UnY2Oi17E8REt+B+DpQ==" saltValue="fz9Dec8vA2EqGQH/ucqcSA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="JdJzpI4dR8fLGzh6rkGE7FRlSjnlEMe0xJFuWJBMKRNAbFfD1VWFyCy91y0gm/WLjhvtXnqxVGik0h8L1k/V9w==" saltValue="tEcvAXAe/dhzw3xZhDiyIg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:J12">
+    <cfRule type="containsBlanks" dxfId="12" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8DF7DDF-3F42-3C47-9DD2-9E28DC366F53}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>244</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="200" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="201"/>
-[...10 lines deleted...]
-      <c r="N2" s="202"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="139"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="203" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="203"/>
+      <c r="C3" s="140"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="203" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="203"/>
+      <c r="C4" s="140"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="204" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="141" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="205"/>
+      <c r="C5" s="142"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="188" t="s">
+      <c r="A6" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="191" t="s">
+      <c r="B6" s="128" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="194">
+      <c r="C6" s="131">
         <v>6</v>
       </c>
-      <c r="D6" s="206"/>
+      <c r="D6" s="143"/>
       <c r="E6" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="F6" s="186"/>
-[...7 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="189"/>
-[...2 lines deleted...]
-      <c r="D7" s="183"/>
+      <c r="A7" s="126"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="113"/>
+      <c r="D7" s="120"/>
       <c r="E7" s="12">
         <v>49000</v>
       </c>
-      <c r="F7" s="184"/>
-[...7 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="189"/>
-[...1 lines deleted...]
-      <c r="C8" s="176">
+      <c r="A8" s="126"/>
+      <c r="B8" s="129"/>
+      <c r="C8" s="113">
         <v>7</v>
       </c>
-      <c r="D8" s="180"/>
+      <c r="D8" s="117"/>
       <c r="E8" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>100</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="H8" s="172"/>
-[...5 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="189"/>
-[...2 lines deleted...]
-      <c r="D9" s="183"/>
+      <c r="A9" s="126"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="120"/>
       <c r="E9" s="12">
         <v>49000</v>
       </c>
       <c r="F9" s="13">
         <v>49000</v>
       </c>
       <c r="G9" s="13">
         <v>49000</v>
       </c>
-      <c r="H9" s="184"/>
-[...5 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="189"/>
-[...1 lines deleted...]
-      <c r="C10" s="176">
+      <c r="A10" s="126"/>
+      <c r="B10" s="129"/>
+      <c r="C10" s="113">
         <v>8</v>
       </c>
-      <c r="D10" s="180"/>
-      <c r="E10" s="180"/>
+      <c r="D10" s="117"/>
+      <c r="E10" s="117"/>
       <c r="F10" s="3" t="s">
         <v>101</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>104</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>108</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>113</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>119</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>126</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>133</v>
       </c>
       <c r="M10" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="N10" s="174"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="189"/>
-[...3 lines deleted...]
-      <c r="E11" s="183"/>
+      <c r="A11" s="126"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="120"/>
+      <c r="E11" s="120"/>
       <c r="F11" s="12">
         <v>49000</v>
       </c>
       <c r="G11" s="12">
         <v>49000</v>
       </c>
       <c r="H11" s="13">
         <v>49000</v>
       </c>
       <c r="I11" s="13">
         <v>49000</v>
       </c>
       <c r="J11" s="13">
         <v>49000</v>
       </c>
       <c r="K11" s="12">
         <v>62000</v>
       </c>
       <c r="L11" s="12">
         <v>62000</v>
       </c>
       <c r="M11" s="12">
         <v>62000</v>
       </c>
-      <c r="N11" s="185"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="189"/>
-[...1 lines deleted...]
-      <c r="C12" s="176">
+      <c r="A12" s="126"/>
+      <c r="B12" s="129"/>
+      <c r="C12" s="113">
         <v>9</v>
       </c>
-      <c r="D12" s="180"/>
-      <c r="E12" s="180"/>
+      <c r="D12" s="117"/>
+      <c r="E12" s="117"/>
       <c r="F12" s="3" t="s">
         <v>102</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>105</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>109</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>114</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>120</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>127</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>134</v>
       </c>
       <c r="M12" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="N12" s="174"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="189"/>
-[...3 lines deleted...]
-      <c r="E13" s="183"/>
+      <c r="A13" s="126"/>
+      <c r="B13" s="129"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="120"/>
       <c r="F13" s="12">
         <v>49000</v>
       </c>
       <c r="G13" s="13">
         <v>49000</v>
       </c>
       <c r="H13" s="13">
         <v>49000</v>
       </c>
       <c r="I13" s="13">
         <v>49000</v>
       </c>
       <c r="J13" s="13">
         <v>49000</v>
       </c>
       <c r="K13" s="12">
         <v>62000</v>
       </c>
       <c r="L13" s="12">
         <v>62000</v>
       </c>
       <c r="M13" s="12">
         <v>62000</v>
       </c>
-      <c r="N13" s="185"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="189"/>
-[...1 lines deleted...]
-      <c r="C14" s="176">
+      <c r="A14" s="126"/>
+      <c r="B14" s="129"/>
+      <c r="C14" s="113">
         <v>10</v>
       </c>
-      <c r="D14" s="180"/>
-[...1 lines deleted...]
-      <c r="F14" s="180"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
       <c r="G14" s="3" t="s">
         <v>106</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>110</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>115</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>121</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>128</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>135</v>
       </c>
       <c r="M14" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="N14" s="174"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="189"/>
-[...4 lines deleted...]
-      <c r="F15" s="183"/>
+      <c r="A15" s="126"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="120"/>
+      <c r="F15" s="120"/>
       <c r="G15" s="12">
         <v>49000</v>
       </c>
       <c r="H15" s="13">
         <v>49000</v>
       </c>
       <c r="I15" s="13">
         <v>49000</v>
       </c>
       <c r="J15" s="13">
         <v>49000</v>
       </c>
       <c r="K15" s="12">
         <v>62000</v>
       </c>
       <c r="L15" s="12">
         <v>62000</v>
       </c>
       <c r="M15" s="12">
         <v>62000</v>
       </c>
-      <c r="N15" s="185"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="189"/>
-[...1 lines deleted...]
-      <c r="C16" s="176">
+      <c r="A16" s="126"/>
+      <c r="B16" s="129"/>
+      <c r="C16" s="113">
         <v>11</v>
       </c>
-      <c r="D16" s="180"/>
-[...1 lines deleted...]
-      <c r="F16" s="172"/>
+      <c r="D16" s="117"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="109"/>
       <c r="G16" s="3" t="s">
         <v>107</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>111</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>116</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>122</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>129</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>136</v>
       </c>
       <c r="M16" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="N16" s="174"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="189"/>
-[...4 lines deleted...]
-      <c r="F17" s="184"/>
+      <c r="A17" s="126"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="121"/>
       <c r="G17" s="12">
         <v>49000</v>
       </c>
       <c r="H17" s="13">
         <v>49000</v>
       </c>
       <c r="I17" s="13">
         <v>49000</v>
       </c>
       <c r="J17" s="13">
         <v>49000</v>
       </c>
       <c r="K17" s="12">
         <v>62000</v>
       </c>
       <c r="L17" s="12">
         <v>62000</v>
       </c>
       <c r="M17" s="12">
         <v>62000</v>
       </c>
-      <c r="N17" s="185"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="189"/>
-[...1 lines deleted...]
-      <c r="C18" s="176">
+      <c r="A18" s="126"/>
+      <c r="B18" s="129"/>
+      <c r="C18" s="113">
         <v>12</v>
       </c>
-      <c r="D18" s="180"/>
-[...2 lines deleted...]
-      <c r="G18" s="172"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
       <c r="H18" s="3" t="s">
         <v>112</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>117</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>123</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>130</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>137</v>
       </c>
       <c r="M18" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="N18" s="174"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="189"/>
-[...5 lines deleted...]
-      <c r="G19" s="184"/>
+      <c r="A19" s="126"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
       <c r="H19" s="12">
         <v>49000</v>
       </c>
       <c r="I19" s="13">
         <v>49000</v>
       </c>
       <c r="J19" s="13">
         <v>49000</v>
       </c>
       <c r="K19" s="12">
         <v>62000</v>
       </c>
       <c r="L19" s="12">
         <v>62000</v>
       </c>
       <c r="M19" s="12">
         <v>62000</v>
       </c>
-      <c r="N19" s="185"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="189"/>
-[...1 lines deleted...]
-      <c r="C20" s="176">
+      <c r="A20" s="126"/>
+      <c r="B20" s="129"/>
+      <c r="C20" s="113">
         <v>13</v>
       </c>
-      <c r="D20" s="180"/>
-[...3 lines deleted...]
-      <c r="H20" s="172"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
       <c r="I20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>124</v>
       </c>
       <c r="K20" s="3" t="s">
         <v>131</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>138</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="N20" s="174"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="189"/>
-[...6 lines deleted...]
-      <c r="H21" s="184"/>
+      <c r="A21" s="126"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="120"/>
+      <c r="E21" s="120"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
       <c r="I21" s="12">
         <v>49000</v>
       </c>
       <c r="J21" s="13">
         <v>49000</v>
       </c>
       <c r="K21" s="12">
         <v>62000</v>
       </c>
       <c r="L21" s="12">
         <v>62000</v>
       </c>
       <c r="M21" s="12">
         <v>62000</v>
       </c>
-      <c r="N21" s="185"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="189"/>
-[...1 lines deleted...]
-      <c r="C22" s="176">
+      <c r="A22" s="126"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="113">
         <v>14</v>
       </c>
-      <c r="D22" s="180"/>
-[...4 lines deleted...]
-      <c r="I22" s="172"/>
+      <c r="D22" s="117"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
       <c r="J22" s="3" t="s">
         <v>125</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>139</v>
       </c>
       <c r="M22" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="N22" s="174"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="190"/>
-[...7 lines deleted...]
-      <c r="I23" s="173"/>
+      <c r="A23" s="127"/>
+      <c r="B23" s="130"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="118"/>
+      <c r="E23" s="118"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
       <c r="J23" s="15">
         <v>49000</v>
       </c>
       <c r="K23" s="15">
         <v>62000</v>
       </c>
       <c r="L23" s="15">
         <v>62000</v>
       </c>
       <c r="M23" s="15">
         <v>62000</v>
       </c>
-      <c r="N23" s="175"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="67">
     <mergeCell ref="N20:N21"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="N22:N23"/>
     <mergeCell ref="C20:C21"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="N18:N19"/>
     <mergeCell ref="N10:N11"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="N12:N13"/>
     <mergeCell ref="C18:C19"/>
     <mergeCell ref="D18:D19"/>
     <mergeCell ref="E18:E19"/>
     <mergeCell ref="F18:F19"/>
@@ -10962,558 +10356,558 @@
     <mergeCell ref="F20:F21"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA20DCD2-80F5-F34B-B0F0-DEB712719C52}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>245</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="200" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="201"/>
-[...10 lines deleted...]
-      <c r="N2" s="202"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="139"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="203" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="203"/>
+      <c r="C3" s="140"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="203" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="203"/>
+      <c r="C4" s="140"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="204" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="141" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="205"/>
+      <c r="C5" s="142"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="188" t="s">
+      <c r="A6" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="191" t="s">
+      <c r="B6" s="128" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="194">
+      <c r="C6" s="131">
         <v>6</v>
       </c>
-      <c r="D6" s="206"/>
-[...9 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="D6" s="143"/>
+      <c r="E6" s="143"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="189"/>
-[...12 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="A7" s="126"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="113"/>
+      <c r="D7" s="120"/>
+      <c r="E7" s="120"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="189"/>
-[...1 lines deleted...]
-      <c r="C8" s="176">
+      <c r="A8" s="126"/>
+      <c r="B8" s="129"/>
+      <c r="C8" s="113">
         <v>7</v>
       </c>
-      <c r="D8" s="180"/>
-      <c r="E8" s="180"/>
+      <c r="D8" s="117"/>
+      <c r="E8" s="117"/>
       <c r="F8" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="G8" s="172"/>
-[...6 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="G8" s="109"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="189"/>
-[...3 lines deleted...]
-      <c r="E9" s="183"/>
+      <c r="A9" s="126"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="120"/>
+      <c r="E9" s="120"/>
       <c r="F9" s="12">
         <v>49000</v>
       </c>
-      <c r="G9" s="184"/>
-[...6 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="189"/>
-[...1 lines deleted...]
-      <c r="C10" s="176">
+      <c r="A10" s="126"/>
+      <c r="B10" s="129"/>
+      <c r="C10" s="113">
         <v>8</v>
       </c>
-      <c r="D10" s="180"/>
-      <c r="E10" s="180"/>
+      <c r="D10" s="117"/>
+      <c r="E10" s="117"/>
       <c r="F10" s="3" t="s">
         <v>148</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="H10" s="172"/>
-[...5 lines deleted...]
-      <c r="N10" s="174"/>
+      <c r="H10" s="109"/>
+      <c r="I10" s="109"/>
+      <c r="J10" s="109"/>
+      <c r="K10" s="109"/>
+      <c r="L10" s="109"/>
+      <c r="M10" s="109"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="189"/>
-[...3 lines deleted...]
-      <c r="E11" s="183"/>
+      <c r="A11" s="126"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="120"/>
+      <c r="E11" s="120"/>
       <c r="F11" s="12">
         <v>49000</v>
       </c>
       <c r="G11" s="12">
         <v>49000</v>
       </c>
-      <c r="H11" s="184"/>
-[...5 lines deleted...]
-      <c r="N11" s="185"/>
+      <c r="H11" s="121"/>
+      <c r="I11" s="121"/>
+      <c r="J11" s="121"/>
+      <c r="K11" s="121"/>
+      <c r="L11" s="121"/>
+      <c r="M11" s="121"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="189"/>
-[...1 lines deleted...]
-      <c r="C12" s="176">
+      <c r="A12" s="126"/>
+      <c r="B12" s="129"/>
+      <c r="C12" s="113">
         <v>9</v>
       </c>
-      <c r="D12" s="180"/>
-[...1 lines deleted...]
-      <c r="F12" s="180"/>
+      <c r="D12" s="117"/>
+      <c r="E12" s="117"/>
+      <c r="F12" s="117"/>
       <c r="G12" s="3" t="s">
         <v>150</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>151</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="J12" s="172"/>
-[...3 lines deleted...]
-      <c r="N12" s="174"/>
+      <c r="J12" s="109"/>
+      <c r="K12" s="109"/>
+      <c r="L12" s="109"/>
+      <c r="M12" s="109"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="189"/>
-[...4 lines deleted...]
-      <c r="F13" s="183"/>
+      <c r="A13" s="126"/>
+      <c r="B13" s="129"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="120"/>
+      <c r="F13" s="120"/>
       <c r="G13" s="12">
         <v>49000</v>
       </c>
       <c r="H13" s="13">
         <v>49000</v>
       </c>
       <c r="I13" s="13">
         <v>49000</v>
       </c>
-      <c r="J13" s="184"/>
-[...3 lines deleted...]
-      <c r="N13" s="185"/>
+      <c r="J13" s="121"/>
+      <c r="K13" s="121"/>
+      <c r="L13" s="121"/>
+      <c r="M13" s="121"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="189"/>
-[...1 lines deleted...]
-      <c r="C14" s="176">
+      <c r="A14" s="126"/>
+      <c r="B14" s="129"/>
+      <c r="C14" s="113">
         <v>10</v>
       </c>
-      <c r="D14" s="180"/>
-[...2 lines deleted...]
-      <c r="G14" s="180"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
+      <c r="G14" s="117"/>
       <c r="H14" s="3" t="s">
         <v>152</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>154</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="K14" s="172"/>
-[...2 lines deleted...]
-      <c r="N14" s="174"/>
+      <c r="K14" s="109"/>
+      <c r="L14" s="109"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="189"/>
-[...5 lines deleted...]
-      <c r="G15" s="183"/>
+      <c r="A15" s="126"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="120"/>
+      <c r="F15" s="120"/>
+      <c r="G15" s="120"/>
       <c r="H15" s="12">
         <v>49000</v>
       </c>
       <c r="I15" s="13">
         <v>49000</v>
       </c>
       <c r="J15" s="13">
         <v>49000</v>
       </c>
-      <c r="K15" s="184"/>
-[...2 lines deleted...]
-      <c r="N15" s="185"/>
+      <c r="K15" s="121"/>
+      <c r="L15" s="121"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="189"/>
-[...1 lines deleted...]
-      <c r="C16" s="176">
+      <c r="A16" s="126"/>
+      <c r="B16" s="129"/>
+      <c r="C16" s="113">
         <v>11</v>
       </c>
-      <c r="D16" s="180"/>
-[...3 lines deleted...]
-      <c r="H16" s="172"/>
+      <c r="D16" s="117"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
+      <c r="H16" s="109"/>
       <c r="I16" s="3" t="s">
         <v>155</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="K16" s="172"/>
-[...2 lines deleted...]
-      <c r="N16" s="174"/>
+      <c r="K16" s="109"/>
+      <c r="L16" s="109"/>
+      <c r="M16" s="109"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="189"/>
-[...6 lines deleted...]
-      <c r="H17" s="184"/>
+      <c r="A17" s="126"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
       <c r="I17" s="12">
         <v>49000</v>
       </c>
       <c r="J17" s="13">
         <v>49000</v>
       </c>
-      <c r="K17" s="184"/>
-[...2 lines deleted...]
-      <c r="N17" s="185"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="121"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="189"/>
-[...1 lines deleted...]
-      <c r="C18" s="176">
+      <c r="A18" s="126"/>
+      <c r="B18" s="129"/>
+      <c r="C18" s="113">
         <v>12</v>
       </c>
-      <c r="D18" s="180"/>
-[...9 lines deleted...]
-      <c r="N18" s="174"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
+      <c r="H18" s="109"/>
+      <c r="I18" s="109"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
+      <c r="L18" s="109"/>
+      <c r="M18" s="109"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="189"/>
-[...12 lines deleted...]
-      <c r="N19" s="185"/>
+      <c r="A19" s="126"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="189"/>
-[...1 lines deleted...]
-      <c r="C20" s="176">
+      <c r="A20" s="126"/>
+      <c r="B20" s="129"/>
+      <c r="C20" s="113">
         <v>13</v>
       </c>
-      <c r="D20" s="180"/>
-[...9 lines deleted...]
-      <c r="N20" s="174"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="189"/>
-[...12 lines deleted...]
-      <c r="N21" s="185"/>
+      <c r="A21" s="126"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="120"/>
+      <c r="E21" s="120"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
+      <c r="K21" s="121"/>
+      <c r="L21" s="121"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="189"/>
-[...1 lines deleted...]
-      <c r="C22" s="176">
+      <c r="A22" s="126"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="113">
         <v>14</v>
       </c>
-      <c r="D22" s="180"/>
-[...9 lines deleted...]
-      <c r="N22" s="174"/>
+      <c r="D22" s="117"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
+      <c r="J22" s="109"/>
+      <c r="K22" s="109"/>
+      <c r="L22" s="109"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="190"/>
-[...12 lines deleted...]
-      <c r="N23" s="175"/>
+      <c r="A23" s="127"/>
+      <c r="B23" s="130"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="118"/>
+      <c r="E23" s="118"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
+      <c r="J23" s="110"/>
+      <c r="K23" s="110"/>
+      <c r="L23" s="110"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="105">
     <mergeCell ref="A6:A23"/>
     <mergeCell ref="B6:B23"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="I8:I9"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="K8:K9"/>
@@ -11596,602 +10990,602 @@
     <mergeCell ref="E20:E21"/>
     <mergeCell ref="F20:F21"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6EE6EE07-B1B8-8C48-87D3-DC6AF4FF9B75}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>246</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="207" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="144" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="208"/>
-[...10 lines deleted...]
-      <c r="N2" s="209"/>
+      <c r="C2" s="145"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="145"/>
+      <c r="H2" s="145"/>
+      <c r="I2" s="145"/>
+      <c r="J2" s="145"/>
+      <c r="K2" s="145"/>
+      <c r="L2" s="145"/>
+      <c r="M2" s="145"/>
+      <c r="N2" s="146"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="210" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="147" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="211"/>
+      <c r="C3" s="148"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="210" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="147" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="211"/>
+      <c r="C4" s="148"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="212" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="149" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="213"/>
+      <c r="C5" s="150"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="214" t="s">
+      <c r="A6" s="151" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="217" t="s">
+      <c r="B6" s="154" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="220">
+      <c r="C6" s="157">
         <v>6</v>
       </c>
-      <c r="D6" s="195"/>
+      <c r="D6" s="132"/>
       <c r="E6" s="17" t="s">
         <v>184</v>
       </c>
-      <c r="F6" s="186"/>
-[...7 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="215"/>
-[...2 lines deleted...]
-      <c r="D7" s="182"/>
+      <c r="A7" s="152"/>
+      <c r="B7" s="155"/>
+      <c r="C7" s="158"/>
+      <c r="D7" s="119"/>
       <c r="E7" s="12">
         <v>49000</v>
       </c>
-      <c r="F7" s="184"/>
-[...7 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="215"/>
-[...1 lines deleted...]
-      <c r="C8" s="222">
+      <c r="A8" s="152"/>
+      <c r="B8" s="155"/>
+      <c r="C8" s="159">
         <v>7</v>
       </c>
-      <c r="D8" s="178"/>
+      <c r="D8" s="115"/>
       <c r="E8" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>186</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="H8" s="172"/>
-[...5 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="215"/>
-[...2 lines deleted...]
-      <c r="D9" s="182"/>
+      <c r="A9" s="152"/>
+      <c r="B9" s="155"/>
+      <c r="C9" s="158"/>
+      <c r="D9" s="119"/>
       <c r="E9" s="12">
         <v>49000</v>
       </c>
       <c r="F9" s="13">
         <v>49000</v>
       </c>
       <c r="G9" s="13">
         <v>49000</v>
       </c>
-      <c r="H9" s="184"/>
-[...5 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="215"/>
-[...1 lines deleted...]
-      <c r="C10" s="222">
+      <c r="A10" s="152"/>
+      <c r="B10" s="155"/>
+      <c r="C10" s="159">
         <v>8</v>
       </c>
-      <c r="D10" s="178"/>
-      <c r="E10" s="172"/>
+      <c r="D10" s="115"/>
+      <c r="E10" s="109"/>
       <c r="F10" s="3" t="s">
         <v>187</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>190</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>159</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="J10" s="172"/>
-[...3 lines deleted...]
-      <c r="N10" s="174"/>
+      <c r="J10" s="109"/>
+      <c r="K10" s="109"/>
+      <c r="L10" s="109"/>
+      <c r="M10" s="109"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="215"/>
-[...3 lines deleted...]
-      <c r="E11" s="184"/>
+      <c r="A11" s="152"/>
+      <c r="B11" s="155"/>
+      <c r="C11" s="158"/>
+      <c r="D11" s="119"/>
+      <c r="E11" s="121"/>
       <c r="F11" s="12">
         <v>49000</v>
       </c>
       <c r="G11" s="12">
         <v>49000</v>
       </c>
       <c r="H11" s="13">
         <v>49000</v>
       </c>
       <c r="I11" s="13">
         <v>49000</v>
       </c>
-      <c r="J11" s="184"/>
-[...3 lines deleted...]
-      <c r="N11" s="185"/>
+      <c r="J11" s="121"/>
+      <c r="K11" s="121"/>
+      <c r="L11" s="121"/>
+      <c r="M11" s="121"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="215"/>
-[...1 lines deleted...]
-      <c r="C12" s="222">
+      <c r="A12" s="152"/>
+      <c r="B12" s="155"/>
+      <c r="C12" s="159">
         <v>9</v>
       </c>
-      <c r="D12" s="178"/>
-      <c r="E12" s="172"/>
+      <c r="D12" s="115"/>
+      <c r="E12" s="109"/>
       <c r="F12" s="3" t="s">
         <v>188</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>191</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>160</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>164</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="K12" s="172"/>
-[...2 lines deleted...]
-      <c r="N12" s="174"/>
+      <c r="K12" s="109"/>
+      <c r="L12" s="109"/>
+      <c r="M12" s="109"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="215"/>
-[...3 lines deleted...]
-      <c r="E13" s="184"/>
+      <c r="A13" s="152"/>
+      <c r="B13" s="155"/>
+      <c r="C13" s="158"/>
+      <c r="D13" s="119"/>
+      <c r="E13" s="121"/>
       <c r="F13" s="12">
         <v>49000</v>
       </c>
       <c r="G13" s="13">
         <v>49000</v>
       </c>
       <c r="H13" s="13">
         <v>49000</v>
       </c>
       <c r="I13" s="13">
         <v>49000</v>
       </c>
       <c r="J13" s="13">
         <v>49000</v>
       </c>
-      <c r="K13" s="184"/>
-[...2 lines deleted...]
-      <c r="N13" s="185"/>
+      <c r="K13" s="121"/>
+      <c r="L13" s="121"/>
+      <c r="M13" s="121"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="215"/>
-[...1 lines deleted...]
-      <c r="C14" s="222">
+      <c r="A14" s="152"/>
+      <c r="B14" s="155"/>
+      <c r="C14" s="159">
         <v>10</v>
       </c>
-      <c r="D14" s="178"/>
-[...1 lines deleted...]
-      <c r="F14" s="172"/>
+      <c r="D14" s="115"/>
+      <c r="E14" s="109"/>
+      <c r="F14" s="109"/>
       <c r="G14" s="3" t="s">
         <v>158</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>161</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>165</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>168</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>170</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="M14" s="172"/>
-      <c r="N14" s="174"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="215"/>
-[...4 lines deleted...]
-      <c r="F15" s="184"/>
+      <c r="A15" s="152"/>
+      <c r="B15" s="155"/>
+      <c r="C15" s="158"/>
+      <c r="D15" s="119"/>
+      <c r="E15" s="121"/>
+      <c r="F15" s="121"/>
       <c r="G15" s="12">
         <v>49000</v>
       </c>
       <c r="H15" s="13">
         <v>49000</v>
       </c>
       <c r="I15" s="13">
         <v>49000</v>
       </c>
       <c r="J15" s="13">
         <v>49000</v>
       </c>
       <c r="K15" s="12">
         <v>62000</v>
       </c>
       <c r="L15" s="12">
         <v>62000</v>
       </c>
-      <c r="M15" s="184"/>
-      <c r="N15" s="185"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="215"/>
-[...1 lines deleted...]
-      <c r="C16" s="222">
+      <c r="A16" s="152"/>
+      <c r="B16" s="155"/>
+      <c r="C16" s="159">
         <v>11</v>
       </c>
-      <c r="D16" s="178"/>
-[...2 lines deleted...]
-      <c r="G16" s="172"/>
+      <c r="D16" s="115"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
       <c r="H16" s="3" t="s">
         <v>162</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>166</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="K16" s="172"/>
-[...2 lines deleted...]
-      <c r="N16" s="174"/>
+      <c r="K16" s="109"/>
+      <c r="L16" s="109"/>
+      <c r="M16" s="109"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="215"/>
-[...5 lines deleted...]
-      <c r="G17" s="184"/>
+      <c r="A17" s="152"/>
+      <c r="B17" s="155"/>
+      <c r="C17" s="158"/>
+      <c r="D17" s="119"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
       <c r="H17" s="12">
         <v>49000</v>
       </c>
       <c r="I17" s="13">
         <v>49000</v>
       </c>
       <c r="J17" s="13">
         <v>49000</v>
       </c>
-      <c r="K17" s="184"/>
-[...2 lines deleted...]
-      <c r="N17" s="185"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="121"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="215"/>
-[...1 lines deleted...]
-      <c r="C18" s="222">
+      <c r="A18" s="152"/>
+      <c r="B18" s="155"/>
+      <c r="C18" s="159">
         <v>12</v>
       </c>
-      <c r="D18" s="178"/>
-[...9 lines deleted...]
-      <c r="N18" s="174"/>
+      <c r="D18" s="115"/>
+      <c r="E18" s="109"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
+      <c r="H18" s="109"/>
+      <c r="I18" s="109"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
+      <c r="L18" s="109"/>
+      <c r="M18" s="109"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="215"/>
-[...12 lines deleted...]
-      <c r="N19" s="185"/>
+      <c r="A19" s="152"/>
+      <c r="B19" s="155"/>
+      <c r="C19" s="158"/>
+      <c r="D19" s="119"/>
+      <c r="E19" s="121"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="215"/>
-[...1 lines deleted...]
-      <c r="C20" s="222">
+      <c r="A20" s="152"/>
+      <c r="B20" s="155"/>
+      <c r="C20" s="159">
         <v>13</v>
       </c>
-      <c r="D20" s="178"/>
-[...9 lines deleted...]
-      <c r="N20" s="174"/>
+      <c r="D20" s="115"/>
+      <c r="E20" s="109"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="215"/>
-[...12 lines deleted...]
-      <c r="N21" s="185"/>
+      <c r="A21" s="152"/>
+      <c r="B21" s="155"/>
+      <c r="C21" s="158"/>
+      <c r="D21" s="119"/>
+      <c r="E21" s="121"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
+      <c r="K21" s="121"/>
+      <c r="L21" s="121"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="215"/>
-[...1 lines deleted...]
-      <c r="C22" s="222">
+      <c r="A22" s="152"/>
+      <c r="B22" s="155"/>
+      <c r="C22" s="159">
         <v>14</v>
       </c>
-      <c r="D22" s="178"/>
-[...9 lines deleted...]
-      <c r="N22" s="174"/>
+      <c r="D22" s="115"/>
+      <c r="E22" s="109"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
+      <c r="J22" s="109"/>
+      <c r="K22" s="109"/>
+      <c r="L22" s="109"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="216"/>
-[...12 lines deleted...]
-      <c r="N23" s="175"/>
+      <c r="A23" s="153"/>
+      <c r="B23" s="156"/>
+      <c r="C23" s="160"/>
+      <c r="D23" s="116"/>
+      <c r="E23" s="110"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
+      <c r="J23" s="110"/>
+      <c r="K23" s="110"/>
+      <c r="L23" s="110"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="94">
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="K22:K23"/>
     <mergeCell ref="N22:N23"/>
     <mergeCell ref="L22:L23"/>
     <mergeCell ref="M22:M23"/>
     <mergeCell ref="N18:N19"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="J22:J23"/>
     <mergeCell ref="C20:C21"/>
     <mergeCell ref="D20:D21"/>
     <mergeCell ref="E20:E21"/>
     <mergeCell ref="F20:F21"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="N20:N21"/>
     <mergeCell ref="G18:G19"/>
     <mergeCell ref="H18:H19"/>
     <mergeCell ref="I18:I19"/>
     <mergeCell ref="J18:J19"/>
     <mergeCell ref="K18:K19"/>
@@ -12263,562 +11657,562 @@
     <mergeCell ref="C14:C15"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8170BBED-68CF-5641-AF41-76FCF0F8AE07}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>247</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="200" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="201"/>
-[...10 lines deleted...]
-      <c r="N2" s="202"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="139"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="203" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="203"/>
+      <c r="C3" s="140"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="203" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="203"/>
+      <c r="C4" s="140"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="204" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="141" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="205"/>
+      <c r="C5" s="142"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="188" t="s">
+      <c r="A6" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="191" t="s">
+      <c r="B6" s="128" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="194">
+      <c r="C6" s="131">
         <v>6</v>
       </c>
-      <c r="D6" s="206"/>
-[...9 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="D6" s="143"/>
+      <c r="E6" s="143"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="189"/>
-[...12 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="A7" s="126"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="113"/>
+      <c r="D7" s="120"/>
+      <c r="E7" s="120"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="189"/>
-[...1 lines deleted...]
-      <c r="C8" s="176">
+      <c r="A8" s="126"/>
+      <c r="B8" s="129"/>
+      <c r="C8" s="113">
         <v>7</v>
       </c>
-      <c r="D8" s="180"/>
-[...9 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="D8" s="117"/>
+      <c r="E8" s="117"/>
+      <c r="F8" s="117"/>
+      <c r="G8" s="117"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="189"/>
-[...12 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="A9" s="126"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="120"/>
+      <c r="E9" s="120"/>
+      <c r="F9" s="120"/>
+      <c r="G9" s="120"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="189"/>
-[...1 lines deleted...]
-      <c r="C10" s="176">
+      <c r="A10" s="126"/>
+      <c r="B10" s="129"/>
+      <c r="C10" s="113">
         <v>8</v>
       </c>
-      <c r="D10" s="180"/>
-[...1 lines deleted...]
-      <c r="F10" s="180"/>
+      <c r="D10" s="117"/>
+      <c r="E10" s="117"/>
+      <c r="F10" s="117"/>
       <c r="G10" s="3" t="s">
         <v>172</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="I10" s="172"/>
-[...4 lines deleted...]
-      <c r="N10" s="174"/>
+      <c r="I10" s="109"/>
+      <c r="J10" s="109"/>
+      <c r="K10" s="109"/>
+      <c r="L10" s="109"/>
+      <c r="M10" s="109"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="189"/>
-[...4 lines deleted...]
-      <c r="F11" s="183"/>
+      <c r="A11" s="126"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="113"/>
+      <c r="D11" s="120"/>
+      <c r="E11" s="120"/>
+      <c r="F11" s="120"/>
       <c r="G11" s="12">
         <v>49000</v>
       </c>
       <c r="H11" s="13">
         <v>49000</v>
       </c>
-      <c r="I11" s="184"/>
-[...4 lines deleted...]
-      <c r="N11" s="185"/>
+      <c r="I11" s="121"/>
+      <c r="J11" s="121"/>
+      <c r="K11" s="121"/>
+      <c r="L11" s="121"/>
+      <c r="M11" s="121"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="189"/>
-[...1 lines deleted...]
-      <c r="C12" s="176">
+      <c r="A12" s="126"/>
+      <c r="B12" s="129"/>
+      <c r="C12" s="113">
         <v>9</v>
       </c>
-      <c r="D12" s="180"/>
-[...1 lines deleted...]
-      <c r="F12" s="180"/>
+      <c r="D12" s="117"/>
+      <c r="E12" s="117"/>
+      <c r="F12" s="117"/>
       <c r="G12" s="3" t="s">
         <v>173</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>175</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>178</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="K12" s="172"/>
-[...2 lines deleted...]
-      <c r="N12" s="174"/>
+      <c r="K12" s="109"/>
+      <c r="L12" s="109"/>
+      <c r="M12" s="109"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="189"/>
-[...4 lines deleted...]
-      <c r="F13" s="183"/>
+      <c r="A13" s="126"/>
+      <c r="B13" s="129"/>
+      <c r="C13" s="113"/>
+      <c r="D13" s="120"/>
+      <c r="E13" s="120"/>
+      <c r="F13" s="120"/>
       <c r="G13" s="12">
         <v>49000</v>
       </c>
       <c r="H13" s="13">
         <v>49000</v>
       </c>
       <c r="I13" s="13">
         <v>49000</v>
       </c>
       <c r="J13" s="13">
         <v>49000</v>
       </c>
-      <c r="K13" s="184"/>
-[...2 lines deleted...]
-      <c r="N13" s="185"/>
+      <c r="K13" s="121"/>
+      <c r="L13" s="121"/>
+      <c r="M13" s="121"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="189"/>
-[...1 lines deleted...]
-      <c r="C14" s="176">
+      <c r="A14" s="126"/>
+      <c r="B14" s="129"/>
+      <c r="C14" s="113">
         <v>10</v>
       </c>
-      <c r="D14" s="180"/>
-[...2 lines deleted...]
-      <c r="G14" s="180"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
+      <c r="G14" s="117"/>
       <c r="H14" s="3" t="s">
         <v>176</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>179</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="K14" s="172"/>
-[...2 lines deleted...]
-      <c r="N14" s="174"/>
+      <c r="K14" s="109"/>
+      <c r="L14" s="109"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="189"/>
-[...5 lines deleted...]
-      <c r="G15" s="183"/>
+      <c r="A15" s="126"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="120"/>
+      <c r="F15" s="120"/>
+      <c r="G15" s="120"/>
       <c r="H15" s="12">
         <v>49000</v>
       </c>
       <c r="I15" s="13">
         <v>49000</v>
       </c>
       <c r="J15" s="13">
         <v>49000</v>
       </c>
-      <c r="K15" s="184"/>
-[...2 lines deleted...]
-      <c r="N15" s="185"/>
+      <c r="K15" s="121"/>
+      <c r="L15" s="121"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="189"/>
-[...1 lines deleted...]
-      <c r="C16" s="176">
+      <c r="A16" s="126"/>
+      <c r="B16" s="129"/>
+      <c r="C16" s="113">
         <v>11</v>
       </c>
-      <c r="D16" s="180"/>
-[...2 lines deleted...]
-      <c r="G16" s="172"/>
+      <c r="D16" s="117"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
       <c r="H16" s="3" t="s">
         <v>177</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="J16" s="172"/>
-[...3 lines deleted...]
-      <c r="N16" s="174"/>
+      <c r="J16" s="109"/>
+      <c r="K16" s="109"/>
+      <c r="L16" s="109"/>
+      <c r="M16" s="109"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="189"/>
-[...5 lines deleted...]
-      <c r="G17" s="184"/>
+      <c r="A17" s="126"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="113"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
       <c r="H17" s="12">
         <v>49000</v>
       </c>
       <c r="I17" s="13">
         <v>49000</v>
       </c>
-      <c r="J17" s="184"/>
-[...3 lines deleted...]
-      <c r="N17" s="185"/>
+      <c r="J17" s="121"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="121"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="189"/>
-[...1 lines deleted...]
-      <c r="C18" s="176">
+      <c r="A18" s="126"/>
+      <c r="B18" s="129"/>
+      <c r="C18" s="113">
         <v>12</v>
       </c>
-      <c r="D18" s="180"/>
-[...3 lines deleted...]
-      <c r="H18" s="172"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
+      <c r="H18" s="109"/>
       <c r="I18" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="J18" s="172"/>
-[...3 lines deleted...]
-      <c r="N18" s="174"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
+      <c r="L18" s="109"/>
+      <c r="M18" s="109"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="189"/>
-[...6 lines deleted...]
-      <c r="H19" s="184"/>
+      <c r="A19" s="126"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
       <c r="I19" s="12">
         <v>49000</v>
       </c>
-      <c r="J19" s="184"/>
-[...3 lines deleted...]
-      <c r="N19" s="185"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="189"/>
-[...1 lines deleted...]
-      <c r="C20" s="176">
+      <c r="A20" s="126"/>
+      <c r="B20" s="129"/>
+      <c r="C20" s="113">
         <v>13</v>
       </c>
-      <c r="D20" s="180"/>
-[...9 lines deleted...]
-      <c r="N20" s="174"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="189"/>
-[...12 lines deleted...]
-      <c r="N21" s="185"/>
+      <c r="A21" s="126"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="120"/>
+      <c r="E21" s="120"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
+      <c r="K21" s="121"/>
+      <c r="L21" s="121"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="189"/>
-[...1 lines deleted...]
-      <c r="C22" s="176">
+      <c r="A22" s="126"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="113">
         <v>14</v>
       </c>
-      <c r="D22" s="180"/>
-[...9 lines deleted...]
-      <c r="N22" s="174"/>
+      <c r="D22" s="117"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
+      <c r="J22" s="109"/>
+      <c r="K22" s="109"/>
+      <c r="L22" s="109"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="190"/>
-[...12 lines deleted...]
-      <c r="N23" s="175"/>
+      <c r="A23" s="127"/>
+      <c r="B23" s="130"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="118"/>
+      <c r="E23" s="118"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
+      <c r="J23" s="110"/>
+      <c r="K23" s="110"/>
+      <c r="L23" s="110"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="104">
     <mergeCell ref="A6:A23"/>
     <mergeCell ref="B6:B23"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="I8:I9"/>
     <mergeCell ref="J8:J9"/>
@@ -12900,554 +12294,554 @@
     <mergeCell ref="F20:F21"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="J20:J21"/>
     <mergeCell ref="L20:L21"/>
     <mergeCell ref="C20:C21"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2FAEFC2-EB85-9444-922C-C8A8F6071C89}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>248</v>
       </c>
-      <c r="B1" s="196"/>
-[...11 lines deleted...]
-      <c r="N1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="197"/>
-      <c r="B2" s="207" t="s">
+      <c r="A2" s="134"/>
+      <c r="B2" s="144" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="208"/>
-[...10 lines deleted...]
-      <c r="N2" s="209"/>
+      <c r="C2" s="145"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="145"/>
+      <c r="H2" s="145"/>
+      <c r="I2" s="145"/>
+      <c r="J2" s="145"/>
+      <c r="K2" s="145"/>
+      <c r="L2" s="145"/>
+      <c r="M2" s="145"/>
+      <c r="N2" s="146"/>
     </row>
     <row r="3" spans="1:14">
-      <c r="A3" s="198"/>
-      <c r="B3" s="210" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="147" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="211"/>
+      <c r="C3" s="148"/>
       <c r="D3" s="10">
         <v>5</v>
       </c>
       <c r="E3" s="9">
         <v>6</v>
       </c>
       <c r="F3" s="9">
         <v>7</v>
       </c>
       <c r="G3" s="9">
         <v>8</v>
       </c>
       <c r="H3" s="9">
         <v>9</v>
       </c>
       <c r="I3" s="9">
         <v>10</v>
       </c>
       <c r="J3" s="9">
         <v>11</v>
       </c>
       <c r="K3" s="9">
         <v>12</v>
       </c>
       <c r="L3" s="9">
         <v>13</v>
       </c>
       <c r="M3" s="9">
         <v>14</v>
       </c>
       <c r="N3" s="7">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:14">
-      <c r="A4" s="198"/>
-      <c r="B4" s="210" t="s">
+      <c r="A4" s="135"/>
+      <c r="B4" s="147" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="211"/>
+      <c r="C4" s="148"/>
       <c r="D4" s="10">
         <v>25.5</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="9">
         <v>33</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9">
         <v>56</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="9">
         <v>63.5</v>
       </c>
       <c r="N4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="19" thickBot="1">
-      <c r="A5" s="199"/>
-      <c r="B5" s="212" t="s">
+      <c r="A5" s="136"/>
+      <c r="B5" s="149" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="213"/>
+      <c r="C5" s="150"/>
       <c r="D5" s="11">
         <v>10</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="1">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="1">
         <v>25</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1">
-      <c r="A6" s="214" t="s">
+      <c r="A6" s="151" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="217" t="s">
+      <c r="B6" s="154" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="220">
+      <c r="C6" s="157">
         <v>6</v>
       </c>
-      <c r="D6" s="195"/>
-[...9 lines deleted...]
-      <c r="N6" s="187"/>
+      <c r="D6" s="132"/>
+      <c r="E6" s="143"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="124"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="215"/>
-[...12 lines deleted...]
-      <c r="N7" s="185"/>
+      <c r="A7" s="152"/>
+      <c r="B7" s="155"/>
+      <c r="C7" s="158"/>
+      <c r="D7" s="119"/>
+      <c r="E7" s="120"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="122"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="215"/>
-[...1 lines deleted...]
-      <c r="C8" s="222">
+      <c r="A8" s="152"/>
+      <c r="B8" s="155"/>
+      <c r="C8" s="159">
         <v>7</v>
       </c>
-      <c r="D8" s="178"/>
-[...9 lines deleted...]
-      <c r="N8" s="174"/>
+      <c r="D8" s="115"/>
+      <c r="E8" s="109"/>
+      <c r="F8" s="109"/>
+      <c r="G8" s="109"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="109"/>
+      <c r="J8" s="109"/>
+      <c r="K8" s="109"/>
+      <c r="L8" s="109"/>
+      <c r="M8" s="109"/>
+      <c r="N8" s="111"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="215"/>
-[...12 lines deleted...]
-      <c r="N9" s="185"/>
+      <c r="A9" s="152"/>
+      <c r="B9" s="155"/>
+      <c r="C9" s="158"/>
+      <c r="D9" s="119"/>
+      <c r="E9" s="121"/>
+      <c r="F9" s="121"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
+      <c r="K9" s="121"/>
+      <c r="L9" s="121"/>
+      <c r="M9" s="121"/>
+      <c r="N9" s="122"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="215"/>
-[...1 lines deleted...]
-      <c r="C10" s="222">
+      <c r="A10" s="152"/>
+      <c r="B10" s="155"/>
+      <c r="C10" s="159">
         <v>8</v>
       </c>
-      <c r="D10" s="178"/>
-[...1 lines deleted...]
-      <c r="F10" s="172"/>
+      <c r="D10" s="115"/>
+      <c r="E10" s="109"/>
+      <c r="F10" s="109"/>
       <c r="G10" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="H10" s="172"/>
-[...5 lines deleted...]
-      <c r="N10" s="174"/>
+      <c r="H10" s="109"/>
+      <c r="I10" s="109"/>
+      <c r="J10" s="109"/>
+      <c r="K10" s="109"/>
+      <c r="L10" s="109"/>
+      <c r="M10" s="109"/>
+      <c r="N10" s="111"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="215"/>
-[...4 lines deleted...]
-      <c r="F11" s="184"/>
+      <c r="A11" s="152"/>
+      <c r="B11" s="155"/>
+      <c r="C11" s="158"/>
+      <c r="D11" s="119"/>
+      <c r="E11" s="121"/>
+      <c r="F11" s="121"/>
       <c r="G11" s="12">
         <v>49000</v>
       </c>
-      <c r="H11" s="184"/>
-[...5 lines deleted...]
-      <c r="N11" s="185"/>
+      <c r="H11" s="121"/>
+      <c r="I11" s="121"/>
+      <c r="J11" s="121"/>
+      <c r="K11" s="121"/>
+      <c r="L11" s="121"/>
+      <c r="M11" s="121"/>
+      <c r="N11" s="122"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="215"/>
-[...1 lines deleted...]
-      <c r="C12" s="222">
+      <c r="A12" s="152"/>
+      <c r="B12" s="155"/>
+      <c r="C12" s="159">
         <v>9</v>
       </c>
-      <c r="D12" s="178"/>
-[...1 lines deleted...]
-      <c r="F12" s="172"/>
+      <c r="D12" s="115"/>
+      <c r="E12" s="109"/>
+      <c r="F12" s="109"/>
       <c r="G12" s="3" t="s">
         <v>193</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>194</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>195</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="K12" s="172"/>
-[...2 lines deleted...]
-      <c r="N12" s="174"/>
+      <c r="K12" s="109"/>
+      <c r="L12" s="109"/>
+      <c r="M12" s="109"/>
+      <c r="N12" s="111"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="215"/>
-[...4 lines deleted...]
-      <c r="F13" s="184"/>
+      <c r="A13" s="152"/>
+      <c r="B13" s="155"/>
+      <c r="C13" s="158"/>
+      <c r="D13" s="119"/>
+      <c r="E13" s="121"/>
+      <c r="F13" s="121"/>
       <c r="G13" s="12">
         <v>49000</v>
       </c>
       <c r="H13" s="13">
         <v>49000</v>
       </c>
       <c r="I13" s="13">
         <v>49000</v>
       </c>
       <c r="J13" s="13">
         <v>49000</v>
       </c>
-      <c r="K13" s="184"/>
-[...2 lines deleted...]
-      <c r="N13" s="185"/>
+      <c r="K13" s="121"/>
+      <c r="L13" s="121"/>
+      <c r="M13" s="121"/>
+      <c r="N13" s="122"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="215"/>
-[...1 lines deleted...]
-      <c r="C14" s="222">
+      <c r="A14" s="152"/>
+      <c r="B14" s="155"/>
+      <c r="C14" s="159">
         <v>10</v>
       </c>
-      <c r="D14" s="178"/>
-[...1 lines deleted...]
-      <c r="F14" s="172"/>
+      <c r="D14" s="115"/>
+      <c r="E14" s="109"/>
+      <c r="F14" s="109"/>
       <c r="G14" s="3" t="s">
         <v>158</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>161</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>196</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="K14" s="172"/>
-[...2 lines deleted...]
-      <c r="N14" s="174"/>
+      <c r="K14" s="109"/>
+      <c r="L14" s="109"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="111"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="215"/>
-[...4 lines deleted...]
-      <c r="F15" s="184"/>
+      <c r="A15" s="152"/>
+      <c r="B15" s="155"/>
+      <c r="C15" s="158"/>
+      <c r="D15" s="119"/>
+      <c r="E15" s="121"/>
+      <c r="F15" s="121"/>
       <c r="G15" s="12">
         <v>49000</v>
       </c>
       <c r="H15" s="13">
         <v>49000</v>
       </c>
       <c r="I15" s="13">
         <v>49000</v>
       </c>
       <c r="J15" s="13">
         <v>49000</v>
       </c>
-      <c r="K15" s="184"/>
-[...2 lines deleted...]
-      <c r="N15" s="185"/>
+      <c r="K15" s="121"/>
+      <c r="L15" s="121"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="122"/>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="215"/>
-[...1 lines deleted...]
-      <c r="C16" s="222">
+      <c r="A16" s="152"/>
+      <c r="B16" s="155"/>
+      <c r="C16" s="159">
         <v>11</v>
       </c>
-      <c r="D16" s="178"/>
-[...3 lines deleted...]
-      <c r="H16" s="172"/>
+      <c r="D16" s="115"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
+      <c r="H16" s="109"/>
       <c r="I16" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="J16" s="172"/>
-[...3 lines deleted...]
-      <c r="N16" s="174"/>
+      <c r="J16" s="109"/>
+      <c r="K16" s="109"/>
+      <c r="L16" s="109"/>
+      <c r="M16" s="109"/>
+      <c r="N16" s="111"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="215"/>
-[...6 lines deleted...]
-      <c r="H17" s="184"/>
+      <c r="A17" s="152"/>
+      <c r="B17" s="155"/>
+      <c r="C17" s="158"/>
+      <c r="D17" s="119"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
       <c r="I17" s="12">
         <v>49000</v>
       </c>
-      <c r="J17" s="184"/>
-[...3 lines deleted...]
-      <c r="N17" s="185"/>
+      <c r="J17" s="121"/>
+      <c r="K17" s="121"/>
+      <c r="L17" s="121"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="122"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="215"/>
-[...1 lines deleted...]
-      <c r="C18" s="222">
+      <c r="A18" s="152"/>
+      <c r="B18" s="155"/>
+      <c r="C18" s="159">
         <v>12</v>
       </c>
-      <c r="D18" s="178"/>
-[...9 lines deleted...]
-      <c r="N18" s="174"/>
+      <c r="D18" s="115"/>
+      <c r="E18" s="109"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
+      <c r="H18" s="109"/>
+      <c r="I18" s="109"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
+      <c r="L18" s="109"/>
+      <c r="M18" s="109"/>
+      <c r="N18" s="111"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="215"/>
-[...12 lines deleted...]
-      <c r="N19" s="185"/>
+      <c r="A19" s="152"/>
+      <c r="B19" s="155"/>
+      <c r="C19" s="158"/>
+      <c r="D19" s="119"/>
+      <c r="E19" s="121"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="122"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="215"/>
-[...1 lines deleted...]
-      <c r="C20" s="222">
+      <c r="A20" s="152"/>
+      <c r="B20" s="155"/>
+      <c r="C20" s="159">
         <v>13</v>
       </c>
-      <c r="D20" s="178"/>
-[...9 lines deleted...]
-      <c r="N20" s="174"/>
+      <c r="D20" s="115"/>
+      <c r="E20" s="109"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="109"/>
+      <c r="I20" s="109"/>
+      <c r="J20" s="109"/>
+      <c r="K20" s="109"/>
+      <c r="L20" s="109"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="111"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="215"/>
-[...12 lines deleted...]
-      <c r="N21" s="185"/>
+      <c r="A21" s="152"/>
+      <c r="B21" s="155"/>
+      <c r="C21" s="158"/>
+      <c r="D21" s="119"/>
+      <c r="E21" s="121"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
+      <c r="K21" s="121"/>
+      <c r="L21" s="121"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="215"/>
-[...1 lines deleted...]
-      <c r="C22" s="222">
+      <c r="A22" s="152"/>
+      <c r="B22" s="155"/>
+      <c r="C22" s="159">
         <v>14</v>
       </c>
-      <c r="D22" s="178"/>
-[...9 lines deleted...]
-      <c r="N22" s="174"/>
+      <c r="D22" s="115"/>
+      <c r="E22" s="109"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
+      <c r="J22" s="109"/>
+      <c r="K22" s="109"/>
+      <c r="L22" s="109"/>
+      <c r="M22" s="109"/>
+      <c r="N22" s="111"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="216"/>
-[...12 lines deleted...]
-      <c r="N23" s="175"/>
+      <c r="A23" s="153"/>
+      <c r="B23" s="156"/>
+      <c r="C23" s="160"/>
+      <c r="D23" s="116"/>
+      <c r="E23" s="110"/>
+      <c r="F23" s="110"/>
+      <c r="G23" s="110"/>
+      <c r="H23" s="110"/>
+      <c r="I23" s="110"/>
+      <c r="J23" s="110"/>
+      <c r="K23" s="110"/>
+      <c r="L23" s="110"/>
+      <c r="M23" s="110"/>
+      <c r="N23" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="106">
     <mergeCell ref="L20:L21"/>
     <mergeCell ref="M20:M21"/>
     <mergeCell ref="N20:N21"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="J22:J23"/>
     <mergeCell ref="K22:K23"/>
     <mergeCell ref="L22:L23"/>
     <mergeCell ref="M22:M23"/>
     <mergeCell ref="N22:N23"/>
     <mergeCell ref="C20:C21"/>
     <mergeCell ref="D20:D21"/>
     <mergeCell ref="E20:E21"/>
     <mergeCell ref="F20:F21"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="J20:J21"/>
     <mergeCell ref="K20:K21"/>
     <mergeCell ref="M16:M17"/>
     <mergeCell ref="N16:N17"/>
@@ -13531,378 +12925,378 @@
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34858927-B24B-9A4B-8530-EBC411656BF5}">
   <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <sheetData>
     <row r="1" spans="1:10" ht="19" thickBot="1">
-      <c r="A1" s="196" t="s">
+      <c r="A1" s="133" t="s">
         <v>200</v>
       </c>
-      <c r="B1" s="196"/>
-[...7 lines deleted...]
-      <c r="J1" s="196"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
     </row>
     <row r="2" spans="1:10">
-      <c r="A2" s="229"/>
-[...1 lines deleted...]
-      <c r="C2" s="233" t="s">
+      <c r="A2" s="166"/>
+      <c r="B2" s="167"/>
+      <c r="C2" s="170" t="s">
         <v>31</v>
       </c>
-      <c r="D2" s="208"/>
-[...5 lines deleted...]
-      <c r="J2" s="209"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="145"/>
+      <c r="H2" s="145"/>
+      <c r="I2" s="145"/>
+      <c r="J2" s="146"/>
     </row>
     <row r="3" spans="1:10" ht="19" thickBot="1">
-      <c r="A3" s="231"/>
-      <c r="B3" s="232"/>
+      <c r="A3" s="168"/>
+      <c r="B3" s="169"/>
       <c r="C3" s="11">
         <v>13</v>
       </c>
       <c r="D3" s="1">
         <v>14</v>
       </c>
       <c r="E3" s="11">
         <v>15</v>
       </c>
       <c r="F3" s="1">
         <v>16</v>
       </c>
       <c r="G3" s="11">
         <v>17</v>
       </c>
       <c r="H3" s="1">
         <v>18</v>
       </c>
       <c r="I3" s="6">
         <v>19</v>
       </c>
       <c r="J3" s="8">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="18" customHeight="1">
-      <c r="A4" s="215" t="s">
+      <c r="A4" s="152" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="194">
+      <c r="B4" s="131">
         <v>13</v>
       </c>
       <c r="C4" s="16" t="s">
         <v>201</v>
       </c>
-      <c r="D4" s="234"/>
-[...5 lines deleted...]
-      <c r="J4" s="237"/>
+      <c r="D4" s="171"/>
+      <c r="E4" s="172"/>
+      <c r="F4" s="172"/>
+      <c r="G4" s="172"/>
+      <c r="H4" s="172"/>
+      <c r="I4" s="173"/>
+      <c r="J4" s="174"/>
     </row>
     <row r="5" spans="1:10">
-      <c r="A5" s="215"/>
-      <c r="B5" s="176"/>
+      <c r="A5" s="152"/>
+      <c r="B5" s="113"/>
       <c r="C5" s="18">
         <v>27000</v>
       </c>
-      <c r="D5" s="183"/>
-[...5 lines deleted...]
-      <c r="J5" s="224"/>
+      <c r="D5" s="120"/>
+      <c r="E5" s="121"/>
+      <c r="F5" s="121"/>
+      <c r="G5" s="121"/>
+      <c r="H5" s="121"/>
+      <c r="I5" s="165"/>
+      <c r="J5" s="161"/>
     </row>
     <row r="6" spans="1:10">
-      <c r="A6" s="215"/>
-      <c r="B6" s="176">
+      <c r="A6" s="152"/>
+      <c r="B6" s="113">
         <v>14</v>
       </c>
-      <c r="C6" s="178"/>
+      <c r="C6" s="115"/>
       <c r="D6" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="E6" s="172"/>
-[...4 lines deleted...]
-      <c r="J6" s="224"/>
+      <c r="E6" s="109"/>
+      <c r="F6" s="109"/>
+      <c r="G6" s="109"/>
+      <c r="H6" s="109"/>
+      <c r="I6" s="162"/>
+      <c r="J6" s="161"/>
     </row>
     <row r="7" spans="1:10">
-      <c r="A7" s="215"/>
-[...1 lines deleted...]
-      <c r="C7" s="182"/>
+      <c r="A7" s="152"/>
+      <c r="B7" s="113"/>
+      <c r="C7" s="119"/>
       <c r="D7" s="12">
         <v>27000</v>
       </c>
-      <c r="E7" s="184"/>
-[...4 lines deleted...]
-      <c r="J7" s="224"/>
+      <c r="E7" s="121"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="165"/>
+      <c r="J7" s="161"/>
     </row>
     <row r="8" spans="1:10">
-      <c r="A8" s="215"/>
-      <c r="B8" s="176">
+      <c r="A8" s="152"/>
+      <c r="B8" s="113">
         <v>15</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>202</v>
       </c>
-      <c r="D8" s="172"/>
+      <c r="D8" s="109"/>
       <c r="E8" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="F8" s="172"/>
-[...3 lines deleted...]
-      <c r="J8" s="224"/>
+      <c r="F8" s="109"/>
+      <c r="G8" s="109"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="162"/>
+      <c r="J8" s="161"/>
     </row>
     <row r="9" spans="1:10">
-      <c r="A9" s="215"/>
-      <c r="B9" s="176"/>
+      <c r="A9" s="152"/>
+      <c r="B9" s="113"/>
       <c r="C9" s="18">
         <v>27000</v>
       </c>
-      <c r="D9" s="184"/>
+      <c r="D9" s="121"/>
       <c r="E9" s="12">
         <v>27000</v>
       </c>
-      <c r="F9" s="184"/>
-[...3 lines deleted...]
-      <c r="J9" s="224"/>
+      <c r="F9" s="121"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="165"/>
+      <c r="J9" s="161"/>
     </row>
     <row r="10" spans="1:10">
-      <c r="A10" s="215"/>
-      <c r="B10" s="176">
+      <c r="A10" s="152"/>
+      <c r="B10" s="113">
         <v>16</v>
       </c>
-      <c r="C10" s="178"/>
+      <c r="C10" s="115"/>
       <c r="D10" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="E10" s="172"/>
+      <c r="E10" s="109"/>
       <c r="F10" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="G10" s="172"/>
+      <c r="G10" s="109"/>
       <c r="H10" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="I10" s="225"/>
-      <c r="J10" s="224"/>
+      <c r="I10" s="162"/>
+      <c r="J10" s="161"/>
     </row>
     <row r="11" spans="1:10">
-      <c r="A11" s="215"/>
-[...1 lines deleted...]
-      <c r="C11" s="182"/>
+      <c r="A11" s="152"/>
+      <c r="B11" s="113"/>
+      <c r="C11" s="119"/>
       <c r="D11" s="12">
         <v>27000</v>
       </c>
-      <c r="E11" s="184"/>
+      <c r="E11" s="121"/>
       <c r="F11" s="12">
         <v>27000</v>
       </c>
-      <c r="G11" s="184"/>
+      <c r="G11" s="121"/>
       <c r="H11" s="12">
         <v>27000</v>
       </c>
-      <c r="I11" s="228"/>
-      <c r="J11" s="224"/>
+      <c r="I11" s="165"/>
+      <c r="J11" s="161"/>
     </row>
     <row r="12" spans="1:10">
-      <c r="A12" s="215"/>
-      <c r="B12" s="176">
+      <c r="A12" s="152"/>
+      <c r="B12" s="113">
         <v>17</v>
       </c>
-      <c r="C12" s="178"/>
-      <c r="D12" s="172"/>
+      <c r="C12" s="115"/>
+      <c r="D12" s="109"/>
       <c r="E12" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="F12" s="172"/>
+      <c r="F12" s="109"/>
       <c r="G12" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="H12" s="172"/>
+      <c r="H12" s="109"/>
       <c r="I12" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="J12" s="224"/>
+      <c r="J12" s="161"/>
     </row>
     <row r="13" spans="1:10">
-      <c r="A13" s="215"/>
-[...2 lines deleted...]
-      <c r="D13" s="184"/>
+      <c r="A13" s="152"/>
+      <c r="B13" s="113"/>
+      <c r="C13" s="119"/>
+      <c r="D13" s="121"/>
       <c r="E13" s="12">
         <v>27000</v>
       </c>
-      <c r="F13" s="184"/>
+      <c r="F13" s="121"/>
       <c r="G13" s="12">
         <v>27000</v>
       </c>
-      <c r="H13" s="184"/>
+      <c r="H13" s="121"/>
       <c r="I13" s="12">
         <v>27000</v>
       </c>
-      <c r="J13" s="224"/>
+      <c r="J13" s="161"/>
     </row>
     <row r="14" spans="1:10">
-      <c r="A14" s="215"/>
-      <c r="B14" s="176">
+      <c r="A14" s="152"/>
+      <c r="B14" s="113">
         <v>18</v>
       </c>
-      <c r="C14" s="178"/>
-[...1 lines deleted...]
-      <c r="E14" s="172"/>
+      <c r="C14" s="115"/>
+      <c r="D14" s="109"/>
+      <c r="E14" s="109"/>
       <c r="F14" s="3" t="s">
         <v>208</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>210</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="I14" s="225"/>
-      <c r="J14" s="224"/>
+      <c r="I14" s="162"/>
+      <c r="J14" s="161"/>
     </row>
     <row r="15" spans="1:10">
-      <c r="A15" s="215"/>
-[...3 lines deleted...]
-      <c r="E15" s="184"/>
+      <c r="A15" s="152"/>
+      <c r="B15" s="113"/>
+      <c r="C15" s="119"/>
+      <c r="D15" s="121"/>
+      <c r="E15" s="121"/>
       <c r="F15" s="12">
         <v>27000</v>
       </c>
       <c r="G15" s="13">
         <v>27000</v>
       </c>
       <c r="H15" s="13">
         <v>27000</v>
       </c>
-      <c r="I15" s="228"/>
-      <c r="J15" s="224"/>
+      <c r="I15" s="165"/>
+      <c r="J15" s="161"/>
     </row>
     <row r="16" spans="1:10">
-      <c r="A16" s="215"/>
-      <c r="B16" s="176">
+      <c r="A16" s="152"/>
+      <c r="B16" s="113">
         <v>19</v>
       </c>
-      <c r="C16" s="178"/>
-[...4 lines deleted...]
-      <c r="H16" s="172"/>
+      <c r="C16" s="115"/>
+      <c r="D16" s="109"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
+      <c r="H16" s="109"/>
       <c r="I16" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="J16" s="224"/>
+      <c r="J16" s="161"/>
     </row>
     <row r="17" spans="1:10">
-      <c r="A17" s="215"/>
-[...6 lines deleted...]
-      <c r="H17" s="184"/>
+      <c r="A17" s="152"/>
+      <c r="B17" s="113"/>
+      <c r="C17" s="119"/>
+      <c r="D17" s="121"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
       <c r="I17" s="12">
         <v>27000</v>
       </c>
-      <c r="J17" s="224"/>
+      <c r="J17" s="161"/>
     </row>
     <row r="18" spans="1:10">
-      <c r="A18" s="215"/>
-      <c r="B18" s="176">
+      <c r="A18" s="152"/>
+      <c r="B18" s="113">
         <v>20</v>
       </c>
-      <c r="C18" s="178"/>
-[...2 lines deleted...]
-      <c r="F18" s="172"/>
+      <c r="C18" s="115"/>
+      <c r="D18" s="109"/>
+      <c r="E18" s="109"/>
+      <c r="F18" s="109"/>
       <c r="G18" s="3" t="s">
         <v>211</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="I18" s="225"/>
-      <c r="J18" s="224"/>
+      <c r="I18" s="162"/>
+      <c r="J18" s="161"/>
     </row>
     <row r="19" spans="1:10" ht="19" thickBot="1">
-      <c r="A19" s="216"/>
-[...4 lines deleted...]
-      <c r="F19" s="173"/>
+      <c r="A19" s="153"/>
+      <c r="B19" s="114"/>
+      <c r="C19" s="116"/>
+      <c r="D19" s="110"/>
+      <c r="E19" s="110"/>
+      <c r="F19" s="110"/>
       <c r="G19" s="15">
         <v>27000</v>
       </c>
       <c r="H19" s="20">
         <v>27000</v>
       </c>
-      <c r="I19" s="226"/>
-      <c r="J19" s="227"/>
+      <c r="I19" s="163"/>
+      <c r="J19" s="164"/>
     </row>
   </sheetData>
   <mergeCells count="60">
     <mergeCell ref="A2:B3"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="A4:A19"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="J10:J11"/>
     <mergeCell ref="I8:I9"/>
@@ -13943,566 +13337,566 @@
     <mergeCell ref="D16:D17"/>
     <mergeCell ref="E16:E17"/>
     <mergeCell ref="F16:F17"/>
     <mergeCell ref="G16:G17"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA5EDF71-CC4E-3647-8E22-69A5F03787C3}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="18"/>
   <cols>
     <col min="3" max="14" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="19" thickBot="1">
-      <c r="A1" s="238" t="s">
+      <c r="A1" s="175" t="s">
         <v>217</v>
       </c>
-      <c r="B1" s="238"/>
-[...11 lines deleted...]
-      <c r="N1" s="238"/>
+      <c r="B1" s="175"/>
+      <c r="C1" s="175"/>
+      <c r="D1" s="175"/>
+      <c r="E1" s="175"/>
+      <c r="F1" s="175"/>
+      <c r="G1" s="175"/>
+      <c r="H1" s="175"/>
+      <c r="I1" s="175"/>
+      <c r="J1" s="175"/>
+      <c r="K1" s="175"/>
+      <c r="L1" s="175"/>
+      <c r="M1" s="175"/>
+      <c r="N1" s="175"/>
     </row>
     <row r="2" spans="1:14">
-      <c r="A2" s="229"/>
-[...1 lines deleted...]
-      <c r="C2" s="208" t="s">
+      <c r="A2" s="166"/>
+      <c r="B2" s="167"/>
+      <c r="C2" s="145" t="s">
         <v>31</v>
       </c>
-      <c r="D2" s="208"/>
-[...9 lines deleted...]
-      <c r="N2" s="209"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="145"/>
+      <c r="H2" s="145"/>
+      <c r="I2" s="145"/>
+      <c r="J2" s="145"/>
+      <c r="K2" s="145"/>
+      <c r="L2" s="145"/>
+      <c r="M2" s="145"/>
+      <c r="N2" s="146"/>
     </row>
     <row r="3" spans="1:14" ht="19" thickBot="1">
-      <c r="A3" s="239"/>
-      <c r="B3" s="240"/>
+      <c r="A3" s="176"/>
+      <c r="B3" s="177"/>
       <c r="C3" s="11">
         <v>13</v>
       </c>
       <c r="D3" s="1">
         <v>14</v>
       </c>
       <c r="E3" s="11">
         <v>15</v>
       </c>
       <c r="F3" s="1">
         <v>16</v>
       </c>
       <c r="G3" s="11">
         <v>17</v>
       </c>
       <c r="H3" s="1">
         <v>18</v>
       </c>
       <c r="I3" s="5">
         <v>19</v>
       </c>
       <c r="J3" s="1">
         <v>20</v>
       </c>
       <c r="K3" s="1">
         <v>21</v>
       </c>
       <c r="L3" s="1">
         <v>22</v>
       </c>
       <c r="M3" s="1">
         <v>23</v>
       </c>
       <c r="N3" s="8">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:14" ht="18" customHeight="1">
-      <c r="A4" s="241" t="s">
+      <c r="A4" s="178" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="176">
+      <c r="B4" s="113">
         <v>13</v>
       </c>
-      <c r="C4" s="183"/>
-[...10 lines deleted...]
-      <c r="N4" s="185"/>
+      <c r="C4" s="120"/>
+      <c r="D4" s="171"/>
+      <c r="E4" s="172"/>
+      <c r="F4" s="172"/>
+      <c r="G4" s="172"/>
+      <c r="H4" s="172"/>
+      <c r="I4" s="121"/>
+      <c r="J4" s="121"/>
+      <c r="K4" s="121"/>
+      <c r="L4" s="121"/>
+      <c r="M4" s="121"/>
+      <c r="N4" s="122"/>
     </row>
     <row r="5" spans="1:14">
-      <c r="A5" s="215"/>
-[...12 lines deleted...]
-      <c r="N5" s="224"/>
+      <c r="A5" s="152"/>
+      <c r="B5" s="113"/>
+      <c r="C5" s="179"/>
+      <c r="D5" s="120"/>
+      <c r="E5" s="121"/>
+      <c r="F5" s="121"/>
+      <c r="G5" s="121"/>
+      <c r="H5" s="121"/>
+      <c r="I5" s="180"/>
+      <c r="J5" s="180"/>
+      <c r="K5" s="180"/>
+      <c r="L5" s="180"/>
+      <c r="M5" s="180"/>
+      <c r="N5" s="161"/>
     </row>
     <row r="6" spans="1:14">
-      <c r="A6" s="215"/>
-      <c r="B6" s="176">
+      <c r="A6" s="152"/>
+      <c r="B6" s="113">
         <v>14</v>
       </c>
-      <c r="C6" s="242"/>
+      <c r="C6" s="179"/>
       <c r="D6" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="E6" s="172"/>
-[...8 lines deleted...]
-      <c r="N6" s="224"/>
+      <c r="E6" s="109"/>
+      <c r="F6" s="109"/>
+      <c r="G6" s="109"/>
+      <c r="H6" s="109"/>
+      <c r="I6" s="180"/>
+      <c r="J6" s="180"/>
+      <c r="K6" s="180"/>
+      <c r="L6" s="180"/>
+      <c r="M6" s="180"/>
+      <c r="N6" s="161"/>
     </row>
     <row r="7" spans="1:14">
-      <c r="A7" s="215"/>
-[...1 lines deleted...]
-      <c r="C7" s="242"/>
+      <c r="A7" s="152"/>
+      <c r="B7" s="113"/>
+      <c r="C7" s="179"/>
       <c r="D7" s="12">
         <v>27000</v>
       </c>
-      <c r="E7" s="184"/>
-[...8 lines deleted...]
-      <c r="N7" s="224"/>
+      <c r="E7" s="121"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="180"/>
+      <c r="J7" s="180"/>
+      <c r="K7" s="180"/>
+      <c r="L7" s="180"/>
+      <c r="M7" s="180"/>
+      <c r="N7" s="161"/>
     </row>
     <row r="8" spans="1:14">
-      <c r="A8" s="215"/>
-      <c r="B8" s="176">
+      <c r="A8" s="152"/>
+      <c r="B8" s="113">
         <v>15</v>
       </c>
-      <c r="C8" s="242"/>
+      <c r="C8" s="179"/>
       <c r="D8" s="3" t="s">
         <v>219</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="G8" s="172"/>
-[...6 lines deleted...]
-      <c r="N8" s="224"/>
+      <c r="G8" s="109"/>
+      <c r="H8" s="109"/>
+      <c r="I8" s="180"/>
+      <c r="J8" s="180"/>
+      <c r="K8" s="180"/>
+      <c r="L8" s="180"/>
+      <c r="M8" s="180"/>
+      <c r="N8" s="161"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="215"/>
-[...1 lines deleted...]
-      <c r="C9" s="242"/>
+      <c r="A9" s="152"/>
+      <c r="B9" s="113"/>
+      <c r="C9" s="179"/>
       <c r="D9" s="12">
         <v>27000</v>
       </c>
       <c r="E9" s="13">
         <v>27000</v>
       </c>
       <c r="F9" s="13">
         <v>27000</v>
       </c>
-      <c r="G9" s="184"/>
-[...6 lines deleted...]
-      <c r="N9" s="224"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="180"/>
+      <c r="J9" s="180"/>
+      <c r="K9" s="180"/>
+      <c r="L9" s="180"/>
+      <c r="M9" s="180"/>
+      <c r="N9" s="161"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="215"/>
-      <c r="B10" s="176">
+      <c r="A10" s="152"/>
+      <c r="B10" s="113">
         <v>16</v>
       </c>
-      <c r="C10" s="242"/>
+      <c r="C10" s="179"/>
       <c r="D10" s="3" t="s">
         <v>220</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>225</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>228</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="I10" s="243"/>
-[...4 lines deleted...]
-      <c r="N10" s="224"/>
+      <c r="I10" s="180"/>
+      <c r="J10" s="180"/>
+      <c r="K10" s="180"/>
+      <c r="L10" s="180"/>
+      <c r="M10" s="180"/>
+      <c r="N10" s="161"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="215"/>
-[...1 lines deleted...]
-      <c r="C11" s="242"/>
+      <c r="A11" s="152"/>
+      <c r="B11" s="113"/>
+      <c r="C11" s="179"/>
       <c r="D11" s="12">
         <v>27000</v>
       </c>
       <c r="E11" s="13">
         <v>27000</v>
       </c>
       <c r="F11" s="13">
         <v>27000</v>
       </c>
       <c r="G11" s="13">
         <v>27000</v>
       </c>
       <c r="H11" s="13">
         <v>27000</v>
       </c>
-      <c r="I11" s="243"/>
-[...4 lines deleted...]
-      <c r="N11" s="224"/>
+      <c r="I11" s="180"/>
+      <c r="J11" s="180"/>
+      <c r="K11" s="180"/>
+      <c r="L11" s="180"/>
+      <c r="M11" s="180"/>
+      <c r="N11" s="161"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="215"/>
-      <c r="B12" s="176">
+      <c r="A12" s="152"/>
+      <c r="B12" s="113">
         <v>17</v>
       </c>
-      <c r="C12" s="242"/>
-      <c r="D12" s="180"/>
+      <c r="C12" s="179"/>
+      <c r="D12" s="117"/>
       <c r="E12" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>226</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>229</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="I12" s="172"/>
+      <c r="I12" s="109"/>
       <c r="J12" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="K12" s="243"/>
-[...2 lines deleted...]
-      <c r="N12" s="224"/>
+      <c r="K12" s="180"/>
+      <c r="L12" s="180"/>
+      <c r="M12" s="180"/>
+      <c r="N12" s="161"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="215"/>
-[...2 lines deleted...]
-      <c r="D13" s="183"/>
+      <c r="A13" s="152"/>
+      <c r="B13" s="113"/>
+      <c r="C13" s="179"/>
+      <c r="D13" s="120"/>
       <c r="E13" s="12">
         <v>27000</v>
       </c>
       <c r="F13" s="13">
         <v>27000</v>
       </c>
       <c r="G13" s="13">
         <v>27000</v>
       </c>
       <c r="H13" s="13">
         <v>27000</v>
       </c>
-      <c r="I13" s="184"/>
+      <c r="I13" s="121"/>
       <c r="J13" s="12">
         <v>27000</v>
       </c>
-      <c r="K13" s="243"/>
-[...2 lines deleted...]
-      <c r="N13" s="224"/>
+      <c r="K13" s="180"/>
+      <c r="L13" s="180"/>
+      <c r="M13" s="180"/>
+      <c r="N13" s="161"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="215"/>
-      <c r="B14" s="176">
+      <c r="A14" s="152"/>
+      <c r="B14" s="113">
         <v>18</v>
       </c>
-      <c r="C14" s="242"/>
-[...1 lines deleted...]
-      <c r="E14" s="172"/>
+      <c r="C14" s="179"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="109"/>
       <c r="F14" s="3" t="s">
         <v>227</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>230</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="I14" s="172"/>
+      <c r="I14" s="109"/>
       <c r="J14" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="K14" s="172"/>
+      <c r="K14" s="109"/>
       <c r="L14" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="M14" s="172"/>
+      <c r="M14" s="109"/>
       <c r="N14" s="21" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="215"/>
-[...3 lines deleted...]
-      <c r="E15" s="184"/>
+      <c r="A15" s="152"/>
+      <c r="B15" s="113"/>
+      <c r="C15" s="179"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="121"/>
       <c r="F15" s="12">
         <v>27000</v>
       </c>
       <c r="G15" s="13">
         <v>27000</v>
       </c>
       <c r="H15" s="13">
         <v>27000</v>
       </c>
-      <c r="I15" s="184"/>
+      <c r="I15" s="121"/>
       <c r="J15" s="12">
         <v>27000</v>
       </c>
-      <c r="K15" s="184"/>
+      <c r="K15" s="121"/>
       <c r="L15" s="12">
         <v>27000</v>
       </c>
-      <c r="M15" s="184"/>
+      <c r="M15" s="121"/>
       <c r="N15" s="22">
         <v>27000</v>
       </c>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="215"/>
-      <c r="B16" s="176">
+      <c r="A16" s="152"/>
+      <c r="B16" s="113">
         <v>19</v>
       </c>
-      <c r="C16" s="242"/>
-[...10 lines deleted...]
-      <c r="N16" s="244"/>
+      <c r="C16" s="179"/>
+      <c r="D16" s="117"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
+      <c r="H16" s="109"/>
+      <c r="I16" s="180"/>
+      <c r="J16" s="180"/>
+      <c r="K16" s="180"/>
+      <c r="L16" s="180"/>
+      <c r="M16" s="180"/>
+      <c r="N16" s="181"/>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="215"/>
-[...12 lines deleted...]
-      <c r="N17" s="245"/>
+      <c r="A17" s="152"/>
+      <c r="B17" s="113"/>
+      <c r="C17" s="179"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
+      <c r="I17" s="180"/>
+      <c r="J17" s="180"/>
+      <c r="K17" s="180"/>
+      <c r="L17" s="180"/>
+      <c r="M17" s="180"/>
+      <c r="N17" s="182"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="215"/>
-      <c r="B18" s="176">
+      <c r="A18" s="152"/>
+      <c r="B18" s="113">
         <v>20</v>
       </c>
-      <c r="C18" s="242"/>
-[...2 lines deleted...]
-      <c r="F18" s="172"/>
+      <c r="C18" s="179"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="109"/>
+      <c r="F18" s="109"/>
       <c r="G18" s="3" t="s">
         <v>231</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="I18" s="172"/>
-[...1 lines deleted...]
-      <c r="K18" s="172"/>
+      <c r="I18" s="109"/>
+      <c r="J18" s="109"/>
+      <c r="K18" s="109"/>
       <c r="L18" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="M18" s="172"/>
+      <c r="M18" s="109"/>
       <c r="N18" s="21" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="215"/>
-[...4 lines deleted...]
-      <c r="F19" s="235"/>
+      <c r="A19" s="152"/>
+      <c r="B19" s="113"/>
+      <c r="C19" s="117"/>
+      <c r="D19" s="171"/>
+      <c r="E19" s="172"/>
+      <c r="F19" s="172"/>
       <c r="G19" s="12">
         <v>27000</v>
       </c>
       <c r="H19" s="13">
         <v>27000</v>
       </c>
-      <c r="I19" s="184"/>
-[...1 lines deleted...]
-      <c r="K19" s="184"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
       <c r="L19" s="12">
         <v>27000</v>
       </c>
-      <c r="M19" s="184"/>
+      <c r="M19" s="121"/>
       <c r="N19" s="22">
         <v>27000</v>
       </c>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="215"/>
-      <c r="B20" s="176">
+      <c r="A20" s="152"/>
+      <c r="B20" s="113">
         <v>21</v>
       </c>
-      <c r="C20" s="242"/>
-[...10 lines deleted...]
-      <c r="N20" s="224"/>
+      <c r="C20" s="179"/>
+      <c r="D20" s="180"/>
+      <c r="E20" s="180"/>
+      <c r="F20" s="180"/>
+      <c r="G20" s="180"/>
+      <c r="H20" s="180"/>
+      <c r="I20" s="180"/>
+      <c r="J20" s="180"/>
+      <c r="K20" s="180"/>
+      <c r="L20" s="180"/>
+      <c r="M20" s="180"/>
+      <c r="N20" s="161"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="215"/>
-[...12 lines deleted...]
-      <c r="N21" s="224"/>
+      <c r="A21" s="152"/>
+      <c r="B21" s="113"/>
+      <c r="C21" s="179"/>
+      <c r="D21" s="180"/>
+      <c r="E21" s="180"/>
+      <c r="F21" s="180"/>
+      <c r="G21" s="180"/>
+      <c r="H21" s="180"/>
+      <c r="I21" s="180"/>
+      <c r="J21" s="180"/>
+      <c r="K21" s="180"/>
+      <c r="L21" s="180"/>
+      <c r="M21" s="180"/>
+      <c r="N21" s="161"/>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" s="215"/>
-      <c r="B22" s="176">
+      <c r="A22" s="152"/>
+      <c r="B22" s="113">
         <v>22</v>
       </c>
-      <c r="C22" s="242"/>
-[...7 lines deleted...]
-      <c r="K22" s="243"/>
+      <c r="C22" s="179"/>
+      <c r="D22" s="180"/>
+      <c r="E22" s="180"/>
+      <c r="F22" s="180"/>
+      <c r="G22" s="180"/>
+      <c r="H22" s="180"/>
+      <c r="I22" s="180"/>
+      <c r="J22" s="180"/>
+      <c r="K22" s="180"/>
       <c r="L22" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="M22" s="243"/>
-      <c r="N22" s="224"/>
+      <c r="M22" s="180"/>
+      <c r="N22" s="161"/>
     </row>
     <row r="23" spans="1:14" ht="19" thickBot="1">
-      <c r="A23" s="216"/>
-[...9 lines deleted...]
-      <c r="K23" s="246"/>
+      <c r="A23" s="153"/>
+      <c r="B23" s="114"/>
+      <c r="C23" s="184"/>
+      <c r="D23" s="183"/>
+      <c r="E23" s="183"/>
+      <c r="F23" s="183"/>
+      <c r="G23" s="183"/>
+      <c r="H23" s="183"/>
+      <c r="I23" s="183"/>
+      <c r="J23" s="183"/>
+      <c r="K23" s="183"/>
       <c r="L23" s="15">
         <v>27000</v>
       </c>
-      <c r="M23" s="246"/>
-      <c r="N23" s="227"/>
+      <c r="M23" s="183"/>
+      <c r="N23" s="164"/>
     </row>
   </sheetData>
   <mergeCells count="109">
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="C20:C21"/>
     <mergeCell ref="D20:D21"/>
     <mergeCell ref="E20:E21"/>
     <mergeCell ref="F20:F21"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="H20:H21"/>
     <mergeCell ref="I20:I21"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="H22:H23"/>
     <mergeCell ref="I22:I23"/>
     <mergeCell ref="E18:E19"/>
     <mergeCell ref="F18:F19"/>
     <mergeCell ref="I18:I19"/>
     <mergeCell ref="J18:J19"/>
     <mergeCell ref="K18:K19"/>
     <mergeCell ref="M18:M19"/>
@@ -14579,2925 +13973,1939 @@
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="M4:M5"/>
     <mergeCell ref="N4:N5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B42EFE2-19C2-6646-B87C-F8085950706E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA7B4F2-75D4-0C49-8C57-F64644E08DC0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:J16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="10" width="23.33203125" style="23" customWidth="1"/>
+    <col min="11" max="11" width="1.6640625" style="23" customWidth="1"/>
+    <col min="12" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...43 lines deleted...]
-      <c r="F4" s="26">
+    <row r="1" spans="2:10" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>303</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+    </row>
+    <row r="2" spans="2:10" ht="17" thickBot="1"/>
+    <row r="3" spans="2:10" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+    </row>
+    <row r="4" spans="2:10" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:J4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 6, 1)</f>
         <v>6</v>
       </c>
       <c r="G4" s="26">
         <v>7</v>
       </c>
       <c r="H4" s="26">
         <v>8</v>
       </c>
       <c r="I4" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="J4" s="27">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+    </row>
+    <row r="5" spans="2:10" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>32.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>36.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>41</v>
+      </c>
+      <c r="I5" s="26">
+        <v>45</v>
+      </c>
+      <c r="J5" s="27">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>12.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>14.5</v>
+      </c>
+      <c r="H6" s="28">
+        <v>16</v>
+      </c>
+      <c r="I6" s="28">
+        <v>17.75</v>
+      </c>
+      <c r="J6" s="29">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
+        <v>6</v>
+      </c>
+      <c r="D7" s="66">
+        <v>30</v>
+      </c>
+      <c r="E7" s="51">
+        <v>11.75</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>306</v>
+      </c>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="71"/>
+    </row>
+    <row r="8" spans="2:10" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
+        <v>7</v>
+      </c>
+      <c r="D8" s="26">
+        <v>34.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.5</v>
+      </c>
+      <c r="F8" s="59" t="s">
+        <v>307</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>308</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>309</v>
+      </c>
+      <c r="I8" s="30"/>
+      <c r="J8" s="40"/>
+    </row>
+    <row r="9" spans="2:10" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
+        <v>8</v>
+      </c>
+      <c r="D9" s="26">
+        <v>38.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>15.25</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="30" t="s">
+        <v>310</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>311</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="J9" s="40" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
+        <v>9</v>
+      </c>
+      <c r="D10" s="26">
+        <v>43</v>
+      </c>
+      <c r="E10" s="27">
+        <v>17</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30" t="s">
+        <v>314</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>315</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>316</v>
+      </c>
+      <c r="J10" s="40" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
+        <v>10</v>
+      </c>
+      <c r="D11" s="26">
+        <v>47</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.5</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30" t="s">
+        <v>318</v>
+      </c>
+      <c r="I11" s="30" t="s">
+        <v>319</v>
+      </c>
+      <c r="J11" s="40" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="103"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...293 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>51.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20.25</v>
+      </c>
+      <c r="F12" s="72"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57" t="s">
+        <v>321</v>
+      </c>
+      <c r="J12" s="73" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="13" spans="2:10" ht="22">
+      <c r="J13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="14" spans="2:10" ht="16" customHeight="1"/>
+    <row r="15" spans="2:10" ht="80" customHeight="1"/>
+    <row r="16" spans="2:10" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>485</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="9IfX15rkT1Jpe76WpfH+/9eDmXp958Cuk315KFRkXd+VngB2ve0+lloxU3q+weAKG+b/hSRMwXJhaoXOZw8X/g==" saltValue="exFIQM3/pd7Iz9DuleEdTw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="v/DdFIiSZ3UYUZ7XrKBq5YyoL3FtALJuuTLwFxgyeiVXj7rFV4xU5z873zsK5nkuH4yMEg9Y3O2Z4yR1oVUeQQ==" saltValue="FxOQYwC2FuvbMp1WT4+8Ow==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:J12">
+    <cfRule type="containsBlanks" dxfId="11" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38A124EB-66BE-B340-AD72-E16D03447F3F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{97529A79-33F2-564A-8C26-8BF05743A007}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:H14"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="8" width="23.33203125" style="23" customWidth="1"/>
+    <col min="9" max="9" width="1.6640625" style="23" customWidth="1"/>
+    <col min="10" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...44 lines deleted...]
-        <v>6</v>
+    <row r="1" spans="2:8" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>477</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+    </row>
+    <row r="2" spans="2:8" ht="17" thickBot="1"/>
+    <row r="3" spans="2:8" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="69"/>
+    </row>
+    <row r="4" spans="2:8" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:H4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 8, 1)</f>
+        <v>8</v>
       </c>
       <c r="G4" s="26">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="H4" s="26">
+        <v>9</v>
+      </c>
+      <c r="H4" s="27">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="2:8" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>41</v>
+      </c>
+      <c r="G5" s="26">
+        <v>45</v>
+      </c>
+      <c r="H5" s="27">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:8" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>16</v>
+      </c>
+      <c r="G6" s="28">
+        <v>17.75</v>
+      </c>
+      <c r="H6" s="29">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C10">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 8, 1)</f>
         <v>8</v>
       </c>
-      <c r="I4" s="26">
+      <c r="D7" s="26">
+        <v>38.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>15.25</v>
+      </c>
+      <c r="F7" s="30" t="s">
+        <v>323</v>
+      </c>
+      <c r="G7" s="30" t="s">
+        <v>324</v>
+      </c>
+      <c r="H7" s="40"/>
+    </row>
+    <row r="8" spans="2:8" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="D8" s="26">
+        <v>43</v>
+      </c>
+      <c r="E8" s="27">
+        <v>17</v>
+      </c>
+      <c r="F8" s="30" t="s">
+        <v>325</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>326</v>
+      </c>
+      <c r="H8" s="40" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="9" spans="2:8" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+      <c r="D9" s="26">
+        <v>47</v>
+      </c>
+      <c r="E9" s="27">
+        <v>18.5</v>
+      </c>
+      <c r="F9" s="30" t="s">
+        <v>328</v>
+      </c>
+      <c r="G9" s="30" t="s">
+        <v>329</v>
+      </c>
+      <c r="H9" s="40" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" ht="59" customHeight="1" thickBot="1">
+      <c r="B10" s="103"/>
+      <c r="C10" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...150 lines deleted...]
-      <c r="E10" s="57"/>
+      <c r="D10" s="28">
+        <v>51.5</v>
+      </c>
+      <c r="E10" s="29">
+        <v>20.25</v>
+      </c>
       <c r="F10" s="57"/>
-      <c r="G10" s="57"/>
-[...126 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="G10" s="57" t="s">
+        <v>331</v>
+      </c>
+      <c r="H10" s="73" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="22">
+      <c r="H11" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="12" spans="2:8" ht="16" customHeight="1"/>
+    <row r="13" spans="2:8" ht="80" customHeight="1"/>
+    <row r="14" spans="2:8" ht="20" customHeight="1">
+      <c r="B14" s="31" t="s">
+        <v>486</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ri8jnA5Vn2XT6A7jKKqGVKtgExSMl+wqabOVw92ahI8i98/aZNGTu96xYSyZtXxgGthH2OWHey7CA5OvcYlPJA==" saltValue="z8XD6ZJlk4dsBgCBkgFARQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="CdOBCZH7K7Gm0/BXffi8nyElBX8Qa5DqsR4HIlIdGFnYsXndZxsuXs5zrFTjAyXatzcrWE7Ky+WpXGvW1YcvRA==" saltValue="pWIyn1CbRnoOjWHXEZxKig==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B10"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:H10">
+    <cfRule type="containsBlanks" dxfId="10" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="97" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE5B32AC-B1A5-9140-9A86-E3A678BD1BF4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABEF0A00-1548-C045-8B37-6E4038453027}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:K16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="11" width="23.33203125" style="23" customWidth="1"/>
+    <col min="12" max="12" width="1.6640625" style="23" customWidth="1"/>
+    <col min="13" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...40 lines deleted...]
-      <c r="E4" s="26">
+    <row r="1" spans="2:11" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>354</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+    </row>
+    <row r="2" spans="2:11" ht="17" thickBot="1"/>
+    <row r="3" spans="2:11" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+      <c r="K3" s="69"/>
+    </row>
+    <row r="4" spans="2:11" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:K4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 6, 1)</f>
         <v>6</v>
       </c>
-      <c r="F4" s="26">
+      <c r="G4" s="26">
         <v>7</v>
       </c>
-      <c r="G4" s="26">
+      <c r="H4" s="26">
         <v>8</v>
       </c>
-      <c r="H4" s="26">
+      <c r="I4" s="26">
         <v>9</v>
       </c>
-      <c r="I4" s="26">
+      <c r="J4" s="26">
         <v>10</v>
       </c>
-      <c r="J4" s="26">
+      <c r="K4" s="27">
         <v>11</v>
       </c>
-      <c r="K4" s="26">
-[...14 lines deleted...]
-      <c r="C5" s="109" t="s">
+    </row>
+    <row r="5" spans="2:11" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="109"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E5" s="63"/>
       <c r="F5" s="26">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="I5" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42</v>
+      </c>
+      <c r="J5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="K5" s="27">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:11" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>11.5</v>
+      </c>
+      <c r="G6" s="28">
+        <v>13.25</v>
+      </c>
+      <c r="H6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="J6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="K6" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:11" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
         <v>6</v>
       </c>
-      <c r="J5" s="26" t="s">
+      <c r="D7" s="66">
+        <v>29</v>
+      </c>
+      <c r="E7" s="51">
+        <v>11.5</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>333</v>
+      </c>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="70"/>
+      <c r="K7" s="71"/>
+    </row>
+    <row r="8" spans="2:11" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>7</v>
       </c>
-      <c r="K5" s="26">
-[...2 lines deleted...]
-      <c r="L5" s="26" t="s">
+      <c r="D8" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.25</v>
+      </c>
+      <c r="F8" s="59" t="s">
+        <v>334</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>335</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>336</v>
+      </c>
+      <c r="I8" s="30"/>
+      <c r="J8" s="30"/>
+      <c r="K8" s="40"/>
+    </row>
+    <row r="9" spans="2:11" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>8</v>
       </c>
-      <c r="M5" s="26">
-[...2 lines deleted...]
-      <c r="N5" s="41" t="s">
+      <c r="D9" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="30" t="s">
+        <v>337</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>338</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>339</v>
+      </c>
+      <c r="J9" s="30" t="s">
+        <v>340</v>
+      </c>
+      <c r="K9" s="40" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="10" spans="2:11" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
         <v>9</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="G6" s="30" t="s">
+      <c r="D10" s="26">
+        <v>42</v>
+      </c>
+      <c r="E10" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30" t="s">
+        <v>342</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>343</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>344</v>
+      </c>
+      <c r="J10" s="30" t="s">
+        <v>114</v>
+      </c>
+      <c r="K10" s="40" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="11" spans="2:11" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
         <v>10</v>
       </c>
-      <c r="H6" s="30" t="s">
+      <c r="D11" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30" t="s">
+        <v>346</v>
+      </c>
+      <c r="I11" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="J11" s="30" t="s">
+        <v>348</v>
+      </c>
+      <c r="K11" s="40" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="12" spans="2:11" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="103"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="I6" s="30" t="s">
-[...278 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20</v>
+      </c>
+      <c r="F12" s="72"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="I12" s="57" t="s">
+        <v>351</v>
+      </c>
+      <c r="J12" s="57" t="s">
+        <v>352</v>
+      </c>
+      <c r="K12" s="73" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="13" spans="2:11" ht="22">
+      <c r="J13" s="24"/>
+      <c r="K13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="18" spans="2:14" ht="80" customHeight="1">
-[...12 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="14" spans="2:11" ht="16" customHeight="1"/>
+    <row r="15" spans="2:11" ht="80" customHeight="1"/>
+    <row r="16" spans="2:11" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>487</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="8pAZe4EFsbLXxVDCgZ92/uYeZyINYDEnjIdD9Xen5NhtwROmesba9cuSvOUSDrW1hrSn4v8xzioYzl0tNzTANg==" saltValue="FOvEZ+5969rW5iY/O46/fQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="05RWu+KCfX0ocpp4LQF1m0bkJdPuHaMqsEA3dnX+nY4UanrBdji177TmJ8CLTrU6DknvJ5vUA7pActR/hmkLFg==" saltValue="/014kFg3NM4cGpExlzx6gg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:K12">
+    <cfRule type="containsBlanks" dxfId="9" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="67" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27A692A8-7F1F-4845-BB02-A934EF28142C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2081BEF5-0BEB-BB42-BD9B-A436C514076E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:K16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="11" width="23.33203125" style="23" customWidth="1"/>
+    <col min="12" max="12" width="1.6640625" style="23" customWidth="1"/>
+    <col min="13" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...43 lines deleted...]
-      <c r="F4" s="26">
+    <row r="1" spans="2:11" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>489</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+    </row>
+    <row r="2" spans="2:11" ht="17" thickBot="1"/>
+    <row r="3" spans="2:11" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="91"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+      <c r="K3" s="69"/>
+    </row>
+    <row r="4" spans="2:11" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:K4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 6, 1)</f>
         <v>6</v>
       </c>
       <c r="G4" s="26">
         <v>7</v>
       </c>
       <c r="H4" s="26">
         <v>8</v>
       </c>
       <c r="I4" s="26">
         <v>9</v>
       </c>
       <c r="J4" s="26">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+      <c r="K4" s="27">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...11 lines deleted...]
-      <c r="C5" s="109" t="s">
+    </row>
+    <row r="5" spans="2:11" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="109"/>
-[...4 lines deleted...]
-        <v>3</v>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>29</v>
       </c>
       <c r="G5" s="26">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="J5" s="26" t="s">
+        <v>33.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42</v>
+      </c>
+      <c r="J5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="K5" s="27">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:11" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>11.5</v>
+      </c>
+      <c r="G6" s="28">
+        <v>13.25</v>
+      </c>
+      <c r="H6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="J6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="K6" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:11" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
         <v>6</v>
       </c>
-      <c r="K5" s="26" t="s">
+      <c r="D7" s="66">
+        <v>29</v>
+      </c>
+      <c r="E7" s="51">
+        <v>11.5</v>
+      </c>
+      <c r="F7" s="60"/>
+      <c r="G7" s="60"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="70"/>
+      <c r="K7" s="95"/>
+    </row>
+    <row r="8" spans="2:11" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>7</v>
       </c>
-      <c r="L5" s="26">
-[...2 lines deleted...]
-      <c r="M5" s="26" t="s">
+      <c r="D8" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.25</v>
+      </c>
+      <c r="F8" s="59"/>
+      <c r="G8" s="30" t="s">
+        <v>355</v>
+      </c>
+      <c r="H8" s="30"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="30"/>
+      <c r="K8" s="40"/>
+    </row>
+    <row r="9" spans="2:11" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>8</v>
       </c>
-      <c r="N5" s="27">
-[...9 lines deleted...]
-      <c r="E6" s="28">
+      <c r="D9" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="30" t="s">
+        <v>356</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>357</v>
+      </c>
+      <c r="I9" s="30"/>
+      <c r="J9" s="30"/>
+      <c r="K9" s="40"/>
+    </row>
+    <row r="10" spans="2:11" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
+        <v>9</v>
+      </c>
+      <c r="D10" s="26">
+        <v>42</v>
+      </c>
+      <c r="E10" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30"/>
+      <c r="H10" s="30" t="s">
+        <v>358</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>359</v>
+      </c>
+      <c r="J10" s="30" t="s">
+        <v>360</v>
+      </c>
+      <c r="K10" s="40"/>
+    </row>
+    <row r="11" spans="2:11" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
         <v>10</v>
       </c>
-      <c r="F6" s="29" t="s">
-[...8 lines deleted...]
-      <c r="I6" s="30" t="s">
+      <c r="D11" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30"/>
+      <c r="I11" s="30" t="s">
+        <v>361</v>
+      </c>
+      <c r="J11" s="30" t="s">
+        <v>362</v>
+      </c>
+      <c r="K11" s="40" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="12" spans="2:11" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="103"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="J6" s="30" t="s">
-[...195 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20</v>
+      </c>
+      <c r="F12" s="72"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57"/>
+      <c r="J12" s="57" t="s">
+        <v>364</v>
+      </c>
+      <c r="K12" s="73" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="13" spans="2:11" ht="22">
+      <c r="J13" s="24"/>
+      <c r="K13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="14" spans="2:11" ht="16" customHeight="1"/>
+    <row r="15" spans="2:11" ht="80" customHeight="1"/>
+    <row r="16" spans="2:11" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>488</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="rWW9M1OhoBsAnjaOEY00G9wIkpNmBStuTZ+u52g69Cg1fhKaxhRrQAgH8kBYbP1eLGT/9eZ06d2kUflx60xEJw==" saltValue="mVZ1uVPQP4rleTUWyRtNpQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="tuWSCiw/BFi+prSSkoyHJo35LlFKtw+KGxUvFRV685VSBNSLHJ9k5Co5rnyLMf2tDcDvt3ZeKHjKJbOfLZyIlA==" saltValue="xGgKzCRUNxyYbEn+5ZXD2Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:K12">
+    <cfRule type="containsBlanks" dxfId="8" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="67" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E35A4622-91A8-FD45-82D4-41907AADE53E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{458547FA-B9CC-5B42-A62E-DED26B7C31D3}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:K16"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="11" width="23.33203125" style="23" customWidth="1"/>
+    <col min="12" max="12" width="1.6640625" style="23" customWidth="1"/>
+    <col min="13" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...43 lines deleted...]
-      <c r="F4" s="26">
+    <row r="1" spans="2:11" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>366</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+    </row>
+    <row r="2" spans="2:11" ht="17" thickBot="1"/>
+    <row r="3" spans="2:11" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
+      <c r="K3" s="69"/>
+    </row>
+    <row r="4" spans="2:11" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:K4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 6, 1)</f>
         <v>6</v>
       </c>
       <c r="G4" s="26">
         <v>7</v>
       </c>
       <c r="H4" s="26">
         <v>8</v>
       </c>
       <c r="I4" s="26">
         <v>9</v>
       </c>
       <c r="J4" s="26">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+      <c r="K4" s="36">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...11 lines deleted...]
-      <c r="C5" s="122" t="s">
+    </row>
+    <row r="5" spans="2:11" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="123"/>
-[...4 lines deleted...]
-        <v>3</v>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>29</v>
       </c>
       <c r="G5" s="26">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="J5" s="26" t="s">
+        <v>33.5</v>
+      </c>
+      <c r="H5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="I5" s="26">
+        <v>42</v>
+      </c>
+      <c r="J5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="K5" s="36">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:11" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>11.5</v>
+      </c>
+      <c r="G6" s="28">
+        <v>13.25</v>
+      </c>
+      <c r="H6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="I6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="J6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="K6" s="32">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:11" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="66" cm="1">
+        <f t="array" ref="C7:C12">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 6, 1)</f>
         <v>6</v>
       </c>
-      <c r="K5" s="26" t="s">
+      <c r="D7" s="66">
+        <v>29</v>
+      </c>
+      <c r="E7" s="51">
+        <v>11.5</v>
+      </c>
+      <c r="F7" s="60" t="s">
+        <v>367</v>
+      </c>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+      <c r="I7" s="70"/>
+      <c r="J7" s="70"/>
+      <c r="K7" s="96"/>
+    </row>
+    <row r="8" spans="2:11" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>7</v>
       </c>
-      <c r="L5" s="26">
-[...2 lines deleted...]
-      <c r="M5" s="26" t="s">
+      <c r="D8" s="26">
+        <v>33.5</v>
+      </c>
+      <c r="E8" s="27">
+        <v>13.25</v>
+      </c>
+      <c r="F8" s="59" t="s">
+        <v>368</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>369</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>370</v>
+      </c>
+      <c r="I8" s="30"/>
+      <c r="J8" s="30"/>
+      <c r="K8" s="75"/>
+    </row>
+    <row r="9" spans="2:11" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>8</v>
       </c>
-      <c r="N5" s="27">
-[...9 lines deleted...]
-      <c r="E6" s="28">
+      <c r="D9" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="30" t="s">
+        <v>371</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>372</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>373</v>
+      </c>
+      <c r="J9" s="30" t="s">
+        <v>374</v>
+      </c>
+      <c r="K9" s="75"/>
+    </row>
+    <row r="10" spans="2:11" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
+        <v>9</v>
+      </c>
+      <c r="D10" s="26">
+        <v>42</v>
+      </c>
+      <c r="E10" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="30" t="s">
+        <v>375</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>376</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>377</v>
+      </c>
+      <c r="J10" s="30" t="s">
+        <v>378</v>
+      </c>
+      <c r="K10" s="75"/>
+    </row>
+    <row r="11" spans="2:11" ht="59" customHeight="1">
+      <c r="B11" s="102"/>
+      <c r="C11" s="26">
         <v>10</v>
       </c>
-      <c r="F6" s="29" t="s">
-[...8 lines deleted...]
-      <c r="I6" s="30" t="s">
+      <c r="D11" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E11" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30" t="s">
+        <v>379</v>
+      </c>
+      <c r="I11" s="30" t="s">
+        <v>380</v>
+      </c>
+      <c r="J11" s="30" t="s">
+        <v>381</v>
+      </c>
+      <c r="K11" s="75"/>
+    </row>
+    <row r="12" spans="2:11" ht="59" customHeight="1" thickBot="1">
+      <c r="B12" s="103"/>
+      <c r="C12" s="28">
         <v>11</v>
       </c>
-      <c r="J6" s="30" t="s">
-[...217 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D12" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E12" s="29">
+        <v>20</v>
+      </c>
+      <c r="F12" s="72"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57" t="s">
+        <v>382</v>
+      </c>
+      <c r="J12" s="57" t="s">
+        <v>383</v>
+      </c>
+      <c r="K12" s="92"/>
+    </row>
+    <row r="13" spans="2:11" ht="22">
+      <c r="J13" s="24"/>
+      <c r="K13" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="14" spans="2:11" ht="16" customHeight="1"/>
+    <row r="15" spans="2:11" ht="80" customHeight="1"/>
+    <row r="16" spans="2:11" ht="20" customHeight="1">
+      <c r="B16" s="31" t="s">
+        <v>490</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/1y/Xod0X6m3SA+EE9erWsYzFeRRukf+UmgwQnhoeZrDVhbNCn+zJDVpC8Hv9PPOLSU4pyn+sciBhkL+7anlnA==" saltValue="rp/SELHJXsz8V5OITlvWnQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C3:N3"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="m3wjvONpafxqRPJaXmbYwEe/a9gThXwQppgT7ei3LZQaBQiApbuiZWqTcP+Vf/gMXbqGh9G6azhGxTtYXR/2Ow==" saltValue="zZt5QJP7K8d3k2Yrelphww==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:K12">
+    <cfRule type="containsBlanks" dxfId="7" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="67" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E12E240-AB53-0744-BAB1-84EE8654381A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0F1A382-ABFA-D147-B4E0-8F381B960D56}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:I15"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="9" width="23.33203125" style="23" customWidth="1"/>
+    <col min="10" max="10" width="1.6640625" style="23" customWidth="1"/>
+    <col min="11" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-      <c r="B1" s="112" t="s">
+    <row r="1" spans="2:9" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>384</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+    </row>
+    <row r="2" spans="2:9" ht="17" thickBot="1"/>
+    <row r="3" spans="2:9" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="69"/>
+    </row>
+    <row r="4" spans="2:9" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:I4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 8, 1)</f>
+        <v>8</v>
+      </c>
+      <c r="G4" s="26">
+        <v>9</v>
+      </c>
+      <c r="H4" s="26">
+        <v>10</v>
+      </c>
+      <c r="I4" s="27">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="2:9" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>42</v>
+      </c>
+      <c r="H5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="I5" s="27">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:9" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="H6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="I6" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:9" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C11">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 8, 1)</f>
+        <v>8</v>
+      </c>
+      <c r="D7" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F7" s="30" t="s">
+        <v>385</v>
+      </c>
+      <c r="G7" s="30" t="s">
         <v>386</v>
       </c>
-      <c r="C1" s="112"/>
-[...48 lines deleted...]
-      <c r="I4" s="26">
+      <c r="H7" s="30"/>
+      <c r="I7" s="40"/>
+    </row>
+    <row r="8" spans="2:9" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="D8" s="26">
+        <v>42</v>
+      </c>
+      <c r="E8" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F8" s="30" t="s">
+        <v>387</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>388</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>389</v>
+      </c>
+      <c r="I8" s="40" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="9" spans="2:9" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+      <c r="D9" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F9" s="30"/>
+      <c r="G9" s="30" t="s">
+        <v>391</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>392</v>
+      </c>
+      <c r="I9" s="40" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" ht="59" customHeight="1">
+      <c r="B10" s="102"/>
+      <c r="C10" s="26">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
+      <c r="D10" s="26">
+        <v>50.5</v>
+      </c>
+      <c r="E10" s="27">
+        <v>20</v>
+      </c>
+      <c r="F10" s="79"/>
+      <c r="G10" s="79" t="s">
+        <v>394</v>
+      </c>
+      <c r="H10" s="79" t="s">
+        <v>395</v>
+      </c>
+      <c r="I10" s="81"/>
+    </row>
+    <row r="11" spans="2:9" ht="59" customHeight="1" thickBot="1">
+      <c r="B11" s="103"/>
+      <c r="C11" s="28">
         <v>12</v>
       </c>
-      <c r="M4" s="26">
-[...262 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D11" s="28">
+        <v>55</v>
+      </c>
+      <c r="E11" s="29">
+        <v>21.75</v>
+      </c>
+      <c r="F11" s="57"/>
+      <c r="G11" s="57"/>
+      <c r="H11" s="57" t="s">
+        <v>396</v>
+      </c>
+      <c r="I11" s="73"/>
+    </row>
+    <row r="12" spans="2:9" ht="22">
+      <c r="H12" s="24"/>
+      <c r="I12" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="13" spans="2:9" ht="16" customHeight="1"/>
+    <row r="14" spans="2:9" ht="80" customHeight="1"/>
+    <row r="15" spans="2:9" ht="20" customHeight="1">
+      <c r="B15" s="31" t="s">
+        <v>491</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Kd/nwUFnnPEa/rEIv4WZByJR7+8YFsfqZ060OYy+3hVF7rhh/Be8uywPvZ9QaVTp7plCTnGtmofC3rOQOb0icA==" saltValue="AbavTwGX0+pdeANIgu7LMg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="C3:N3"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="n8j8eZ8TiWzIMkfIUqIL59FQmhnVA3xULRuamyAaCMDiq4KnYSUp7tQI2TLi9xJk24Q2em0jqfbHzmZ40Ssuig==" saltValue="Uad8+I4u6sKw7YFkjlYpzA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B11"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:I11">
+    <cfRule type="containsBlanks" dxfId="6" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="87" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{727DB63A-8B4B-6246-94AD-58531ECBC76A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BDD3EE5-2924-2F45-9D53-47BD44B07DF8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:N19"/>
+  <dimension ref="B1:I14"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="89" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="89" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="23" customWidth="1"/>
-    <col min="2" max="3" width="3.5" style="23" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="8.83203125" style="23"/>
+    <col min="2" max="2" width="4.6640625" style="23" customWidth="1"/>
+    <col min="3" max="3" width="4.83203125" style="23" customWidth="1"/>
+    <col min="4" max="9" width="23.33203125" style="23" customWidth="1"/>
+    <col min="10" max="10" width="1.6640625" style="23" customWidth="1"/>
+    <col min="11" max="16384" width="8.83203125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="49">
-[...44 lines deleted...]
-        <v>6</v>
+    <row r="1" spans="2:9" ht="49" customHeight="1">
+      <c r="B1" s="74" t="s">
+        <v>493</v>
+      </c>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+    </row>
+    <row r="2" spans="2:9" ht="17" thickBot="1"/>
+    <row r="3" spans="2:9" ht="28" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="91" t="s">
+        <v>479</v>
+      </c>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="69"/>
+    </row>
+    <row r="4" spans="2:9" ht="28" customHeight="1">
+      <c r="B4" s="80"/>
+      <c r="C4" s="64" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" s="65"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="26" cm="1">
+        <f t="array" ref="F4:I4">_xlfn.SEQUENCE(1, COUNTA(5:5)-1, 8, 1)</f>
+        <v>8</v>
       </c>
       <c r="G4" s="26">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H4" s="26">
+        <v>10</v>
+      </c>
+      <c r="I4" s="27">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="2:9" ht="28" customHeight="1">
+      <c r="B5" s="80"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="62" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="63"/>
+      <c r="F5" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="G5" s="26">
+        <v>42</v>
+      </c>
+      <c r="H5" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="I5" s="27">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:9" ht="28" customHeight="1" thickBot="1">
+      <c r="B6" s="80"/>
+      <c r="C6" s="67"/>
+      <c r="D6" s="67"/>
+      <c r="E6" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="F6" s="28">
+        <v>14.75</v>
+      </c>
+      <c r="G6" s="28">
+        <v>16.5</v>
+      </c>
+      <c r="H6" s="28">
+        <v>18.25</v>
+      </c>
+      <c r="I6" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="2:9" ht="59" customHeight="1">
+      <c r="B7" s="101" t="s">
+        <v>478</v>
+      </c>
+      <c r="C7" s="26" cm="1">
+        <f t="array" ref="C7:C10">_xlfn.SEQUENCE(COUNTA(D:D)-1, 1, 8, 1)</f>
         <v>8</v>
       </c>
-      <c r="I4" s="26">
+      <c r="D7" s="26">
+        <v>37.5</v>
+      </c>
+      <c r="E7" s="27">
+        <v>14.75</v>
+      </c>
+      <c r="F7" s="30" t="s">
+        <v>397</v>
+      </c>
+      <c r="G7" s="30"/>
+      <c r="H7" s="30"/>
+      <c r="I7" s="40"/>
+    </row>
+    <row r="8" spans="2:9" ht="59" customHeight="1">
+      <c r="B8" s="102"/>
+      <c r="C8" s="26">
         <v>9</v>
       </c>
-      <c r="J4" s="26">
+      <c r="D8" s="26">
+        <v>42</v>
+      </c>
+      <c r="E8" s="27">
+        <v>16.5</v>
+      </c>
+      <c r="F8" s="30" t="s">
+        <v>398</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>399</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>400</v>
+      </c>
+      <c r="I8" s="40" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="9" spans="2:9" ht="59" customHeight="1">
+      <c r="B9" s="102"/>
+      <c r="C9" s="26">
         <v>10</v>
       </c>
-      <c r="K4" s="26">
+      <c r="D9" s="26">
+        <v>46.5</v>
+      </c>
+      <c r="E9" s="27">
+        <v>18.25</v>
+      </c>
+      <c r="F9" s="30"/>
+      <c r="G9" s="30" t="s">
+        <v>402</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>403</v>
+      </c>
+      <c r="I9" s="40" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" ht="59" customHeight="1" thickBot="1">
+      <c r="B10" s="103"/>
+      <c r="C10" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="26">
-[...259 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="D10" s="28">
+        <v>50.5</v>
+      </c>
+      <c r="E10" s="29">
+        <v>20</v>
+      </c>
+      <c r="F10" s="57"/>
+      <c r="G10" s="57"/>
+      <c r="H10" s="57" t="s">
+        <v>405</v>
+      </c>
+      <c r="I10" s="73"/>
+    </row>
+    <row r="11" spans="2:9" ht="22">
+      <c r="H11" s="24"/>
+      <c r="I11" s="24" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="16" customHeight="1"/>
-[...13 lines deleted...]
-      <c r="N19" s="39"/>
+    <row r="12" spans="2:9" ht="16" customHeight="1"/>
+    <row r="13" spans="2:9" ht="80" customHeight="1"/>
+    <row r="14" spans="2:9" ht="20" customHeight="1">
+      <c r="B14" s="31" t="s">
+        <v>492</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="5G072Ky0oOLbLrIGzSu7VzTs8yWo0zORvJesunrsbv7AjZgHXbsygW+168v/6a8jvEWcPmqHByghDgZKKNxcXQ==" saltValue="qxMYhvmcpNCZKdMWVtcycA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...8 lines deleted...]
-    <mergeCell ref="B7:B15"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0oI/pekxWJh+R7yv/pbiXLiKPZShHDIUmH4TnfybOlRTodPOLBX06X/l+GkxA4zUgfbXF/Xihe/xlNi/RdhYNg==" saltValue="OenMAvlIaeieV4pHsaZlCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="B7:B10"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="F7:I10">
+    <cfRule type="containsBlanks" dxfId="5" priority="1" stopIfTrue="1">
+      <formula>LEN(TRIM(F7))=0</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="87" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D8C881BE4B9E1741A8D262B9FE4779F0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a1109b321a1f0486b0533d8c1e22dd7b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dbb144e1-8005-4c83-bbc2-58c2c561452f" xmlns:ns3="75d5a35d-00e1-4daf-bc8d-34d5bc9de221" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1b88b2562eaf5ff92c3ff9597e16fd35" ns2:_="" ns3:_="">
     <xsd:import namespace="dbb144e1-8005-4c83-bbc2-58c2c561452f"/>
     <xsd:import namespace="75d5a35d-00e1-4daf-bc8d-34d5bc9de221"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -17676,157 +16084,166 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDB90AEA-5FE6-4960-966C-559906359487}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="dbb144e1-8005-4c83-bbc2-58c2c561452f"/>
     <ds:schemaRef ds:uri="75d5a35d-00e1-4daf-bc8d-34d5bc9de221"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3D02CC1-03EB-4376-8F3E-8AF067E2F741}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D93F2317-C6C0-475B-A537-662CFA64B9C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="42" baseType="lpstr">
       <vt:lpstr>ロホ・クアドトロセレクト ハイタイプ（10.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・クアドトロセレクト ミドルタイプ（8.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・クアドトロセレクト ロータイプ（5.5cm）</vt:lpstr>
-      <vt:lpstr>ロホ・コンツァーセレクト</vt:lpstr>
+      <vt:lpstr>ロホ・コンツァーセレクト（10.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ ハイタイプ（10.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ  ミドルタイプ（8.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ  ロータイプ（5.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・2バルブ ハイタイプ（10.5cm）</vt:lpstr>
       <vt:lpstr>ロホ・2バルブ  ロータイプ（5.5cm）</vt:lpstr>
-      <vt:lpstr>ロホ・エンハンサー</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>ロホ・ハイブリッドエリート（2バルブ）  </vt:lpstr>
+      <vt:lpstr>ロホ・エンハンサー（10.5cm）</vt:lpstr>
+      <vt:lpstr>ロホ・ハイブリッドエリート（1バルブ・11cm）スマートチェッ</vt:lpstr>
+      <vt:lpstr>ロホ・ハイブリッドエリート（2バルブ・11cm） </vt:lpstr>
       <vt:lpstr>ロホ・１バルブ ハイタイプ（10.5cm）スマートチェック対応</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ  ミドルタイプ（8.5cm）マートチェック対応</vt:lpstr>
-      <vt:lpstr>ロホ・モザイククッション</vt:lpstr>
-      <vt:lpstr>ロホ・エアライト </vt:lpstr>
+      <vt:lpstr>ロホ・モザイククッション（7.5cm）</vt:lpstr>
+      <vt:lpstr>ロホ・エアライト（9.5cm） </vt:lpstr>
       <vt:lpstr>ロホ・クアドトロセレクト ハイタイプ</vt:lpstr>
       <vt:lpstr>ロホ・クアドトロセレクト ミドルタイプ</vt:lpstr>
       <vt:lpstr>ロホ・クアドトロセレクト ロータイプ</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ ハイタイプ</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ ミドルタイプ</vt:lpstr>
       <vt:lpstr>ロホ・１バルブ ロータイプ</vt:lpstr>
       <vt:lpstr>ロホ・2バルブ ハイタイプ</vt:lpstr>
       <vt:lpstr>ロホ・2バルブ ロータイプ</vt:lpstr>
       <vt:lpstr>ロホ・エアライト</vt:lpstr>
       <vt:lpstr>ロホ・ハイブリッドエリート</vt:lpstr>
       <vt:lpstr>'ロホ・１バルブ  ミドルタイプ（8.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・１バルブ  ミドルタイプ（8.5cm）マートチェック対応'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・１バルブ  ロータイプ（5.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・１バルブ ハイタイプ（10.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・１バルブ ハイタイプ（10.5cm）スマートチェック対応'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・2バルブ  ロータイプ（5.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・2バルブ ハイタイプ（10.5cm）'!Print_Area</vt:lpstr>
-      <vt:lpstr>'ロホ・エアライト '!Print_Area</vt:lpstr>
-      <vt:lpstr>ロホ・エンハンサー!Print_Area</vt:lpstr>
+      <vt:lpstr>'ロホ・エアライト（9.5cm） '!Print_Area</vt:lpstr>
+      <vt:lpstr>'ロホ・エンハンサー（10.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・クアドトロセレクト ハイタイプ（10.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・クアドトロセレクト ミドルタイプ（8.5cm）'!Print_Area</vt:lpstr>
       <vt:lpstr>'ロホ・クアドトロセレクト ロータイプ（5.5cm）'!Print_Area</vt:lpstr>
-      <vt:lpstr>ロホ・コンツァーセレクト!Print_Area</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>ロホ・モザイククッション!Print_Area</vt:lpstr>
+      <vt:lpstr>'ロホ・コンツァーセレクト（10.5cm）'!Print_Area</vt:lpstr>
+      <vt:lpstr>'ロホ・ハイブリッドエリート（1バルブ・11cm）スマートチェッ'!Print_Area</vt:lpstr>
+      <vt:lpstr>'ロホ・ハイブリッドエリート（2バルブ・11cm） '!Print_Area</vt:lpstr>
+      <vt:lpstr>'ロホ・モザイククッション（7.5cm）'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Takeshi Ito</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D8C881BE4B9E1741A8D262B9FE4779F0</vt:lpwstr>
   </property>